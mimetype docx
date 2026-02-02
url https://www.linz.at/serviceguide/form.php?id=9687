--- v0 (2025-10-27)
+++ v1 (2026-02-02)
@@ -3,1790 +3,1960 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="image/x-wmf" Extension="wmf"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml" PartName="/word/endnotes.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml" PartName="/word/footnotes.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml" PartName="/word/webSettings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="003548A2" w:rsidRDefault="003548A2"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="003548A2" w:rsidRDefault="003548A2"/>
+    <w:p w14:paraId="2C309CF2" w14:textId="77777777" w:rsidR="003548A2" w:rsidRDefault="003548A2"/>
+    <w:p w14:paraId="6001A9AF" w14:textId="77777777" w:rsidR="003548A2" w:rsidRDefault="003548A2"/>
+    <w:p w14:paraId="3AD77A23" w14:textId="77777777" w:rsidR="003548A2" w:rsidRDefault="003548A2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6096"/>
         <w:gridCol w:w="3260"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F6AC9" w:rsidRPr="008A3BC0" w:rsidTr="006F6AC9">
+      <w:tr w:rsidR="006F6AC9" w:rsidRPr="008A3BC0" w14:paraId="00E9980B" w14:textId="77777777" w:rsidTr="006F6AC9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006F6AC9" w:rsidRPr="00A870BA" w:rsidRDefault="006F6AC9" w:rsidP="0039366B">
+          <w:p w14:paraId="77756934" w14:textId="77777777" w:rsidR="006F6AC9" w:rsidRPr="00A870BA" w:rsidRDefault="006F6AC9" w:rsidP="0039366B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A870BA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Bau- und Bezirksverwaltung</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006F6AC9" w:rsidRPr="00A870BA" w:rsidRDefault="006F6AC9" w:rsidP="0039366B">
+          <w:p w14:paraId="6E51DD95" w14:textId="77777777" w:rsidR="006F6AC9" w:rsidRPr="00A870BA" w:rsidRDefault="006F6AC9" w:rsidP="0039366B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A870BA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Neues Rathaus</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006F6AC9" w:rsidRPr="00A870BA" w:rsidRDefault="006F6AC9" w:rsidP="0039366B">
+          <w:p w14:paraId="55AE9A55" w14:textId="77777777" w:rsidR="006F6AC9" w:rsidRPr="00A870BA" w:rsidRDefault="006F6AC9" w:rsidP="0039366B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A870BA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Hauptstraße 1-5</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006F6AC9" w:rsidRDefault="006F6AC9" w:rsidP="0039366B">
+          <w:p w14:paraId="26639CCD" w14:textId="77777777" w:rsidR="006F6AC9" w:rsidRDefault="006F6AC9" w:rsidP="0039366B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A870BA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>A-4041 Linz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006F6AC9" w:rsidRPr="009D1272" w:rsidRDefault="006F6AC9" w:rsidP="0039366B">
+          <w:p w14:paraId="568329DB" w14:textId="77777777" w:rsidR="006F6AC9" w:rsidRPr="009D1272" w:rsidRDefault="006F6AC9" w:rsidP="0039366B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F6AC9" w:rsidRPr="008A3BC0" w:rsidRDefault="006F6AC9" w:rsidP="006F6AC9">
+    <w:p w14:paraId="1C7A9D8A" w14:textId="77777777" w:rsidR="006F6AC9" w:rsidRPr="008A3BC0" w:rsidRDefault="006F6AC9" w:rsidP="006F6AC9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006F6AC9" w:rsidRDefault="006F6AC9" w:rsidP="006F6AC9">
+    <w:p w14:paraId="4DAB47C2" w14:textId="77777777" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="006F6AC9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="006F6AC9">
+    <w:p w14:paraId="3EECB239" w14:textId="77777777" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="006F6AC9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="006F6AC9">
+    <w:p w14:paraId="197DF8E5" w14:textId="77777777" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="006F6AC9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="006F6AC9">
-[...15 lines deleted...]
-    <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
+    <w:p w14:paraId="10C227E9" w14:textId="77777777" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Anzeige eines Gastgartens</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8859" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="496"/>
         <w:gridCol w:w="8363"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000A1865" w:rsidTr="00DF5552">
+      <w:tr w:rsidR="000A1865" w14:paraId="6405615A" w14:textId="77777777" w:rsidTr="00DF5552">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="697"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="496" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-          <w:p w:rsidR="000A1865" w:rsidRPr="00C7162D" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
+          <w:p w14:paraId="0381CA66" w14:textId="622C2155" w:rsidR="000A1865" w:rsidRPr="00C7162D" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C7162D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="Kontrollkästchen1"/>
+            <w:bookmarkStart w:id="0" w:name="Kontrollkästchen1"/>
             <w:r w:rsidRPr="00C7162D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009513A3">
-[...5 lines deleted...]
-            <w:r w:rsidR="009513A3">
+            <w:r w:rsidRPr="00C7162D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00C7162D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00C7162D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="1"/>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8363" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
+          <w:p w14:paraId="253E59BD" w14:textId="16B35B28" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>auf öffentlichem Grund / angrenzend an eine öffentliche Verkehrsfläche nach § 76a Abs. 1 Gewerbeordnung 1994</w:t>
+              <w:t xml:space="preserve">auf öffentlichem Grund </w:t>
+            </w:r>
+            <w:r w:rsidR="009F32D3">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>oder</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> angrenzend an eine öffentliche Verkehrsfläche nach § 76a Abs. 1 Gewerbeordnung 1994</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A1865" w:rsidTr="00DF5552">
+      <w:tr w:rsidR="000A1865" w14:paraId="4D125C1D" w14:textId="77777777" w:rsidTr="00DF5552">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="697"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="496" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1865" w:rsidRPr="00C7162D" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
+          <w:p w14:paraId="3D74B4A7" w14:textId="0A1C301A" w:rsidR="000A1865" w:rsidRPr="00C7162D" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C7162D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00C7162D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="009513A3">
-[...5 lines deleted...]
-            <w:r w:rsidR="009513A3">
+            <w:r w:rsidRPr="00C7162D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00C7162D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00C7162D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8363" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
+          <w:p w14:paraId="41434748" w14:textId="0E764599" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>NICHT auf öffentlichem Grund / NICHT angrenzend an eine öffentliche Verkehrsfläche nach § 76a Abs. 2 Gewerbeordnung 1994</w:t>
+              <w:t xml:space="preserve">NICHT auf öffentlichem Grund </w:t>
+            </w:r>
+            <w:r w:rsidR="009F32D3">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>oder</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NICHT angrenzend an eine öffentliche Verkehrsfläche nach § 76a Abs. 2 Gewerbeordnung 1994</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
+    <w:p w14:paraId="54649EE6" w14:textId="77777777" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F078"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Zutreffendes ankreuzen</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
+    <w:p w14:paraId="3330B9A5" w14:textId="77777777" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000A1865" w:rsidRPr="0024282D" w:rsidRDefault="000A1865" w:rsidP="000A1865">
+    <w:p w14:paraId="6F4EAB7B" w14:textId="77777777" w:rsidR="000A1865" w:rsidRPr="0024282D" w:rsidRDefault="000A1865" w:rsidP="000A1865">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0024282D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Bitte beachten Sie, dass nur dann eine Bearbeitung gewährleistet werden kann, wenn die mit „ * “ gekennzeichneten Pflichtfelder vollständig ausgefüllt sind.</w:t>
+        <w:t xml:space="preserve">Bitte beachten Sie, dass nur dann eine Bearbeitung gewährleistet werden kann, wenn die mit </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0024282D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>„ *</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0024282D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “ gekennzeichneten Pflichtfelder vollständig ausgefüllt sind.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
+    <w:p w14:paraId="381584E5" w14:textId="77777777" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
-[...4 lines deleted...]
-          <w:b/>
+    <w:p w14:paraId="03EBD96D" w14:textId="77777777" w:rsidR="007016ED" w:rsidRDefault="007016ED" w:rsidP="007016ED">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="510"/>
+          <w:tab w:val="clear" w:pos="851"/>
+          <w:tab w:val="clear" w:pos="1191"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="8859" w:type="dxa"/>
+        <w:tblW w:w="9890" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...3 lines deleted...]
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1488"/>
+        <w:gridCol w:w="675"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="992"/>
         <w:gridCol w:w="1276"/>
-        <w:gridCol w:w="708"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="3545"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000A1865" w:rsidTr="00DF5552">
+      <w:tr w:rsidR="007016ED" w:rsidRPr="0072020A" w14:paraId="2040B334" w14:textId="77777777" w:rsidTr="00422BD8">
         <w:trPr>
-          <w:cantSplit/>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="615"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1488" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="9890" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
+          <w:p w14:paraId="5E04A91B" w14:textId="77777777" w:rsidR="007016ED" w:rsidRPr="007016ED" w:rsidRDefault="007016ED" w:rsidP="007016ED">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>Nachname*</w:t>
+            <w:r w:rsidRPr="007016ED">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Anzeigende(r):</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5EB8EC0C" w14:textId="77777777" w:rsidR="007016ED" w:rsidRPr="00A85964" w:rsidRDefault="007016ED" w:rsidP="00422BD8">
+            <w:pPr>
+              <w:spacing w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:left="142" w:hanging="142"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A85964">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A85964">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Bei juristischen Personen, Firmenname mit Rechtsform sowie Angabe mindestens einer vertretungsbefugten Person sowie Firmensitz </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77446AF6" w14:textId="77777777" w:rsidR="007016ED" w:rsidRPr="00A85964" w:rsidRDefault="007016ED" w:rsidP="00422BD8">
+            <w:pPr>
+              <w:spacing w:line="200" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A85964">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A85964">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Bei natürlichen Personen Wohn- bzw. Geschäftsadresse</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A85964">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16C86112" w14:textId="77777777" w:rsidR="007016ED" w:rsidRPr="00A85964" w:rsidRDefault="007016ED" w:rsidP="00422BD8">
+            <w:pPr>
+              <w:spacing w:line="200" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007016ED" w:rsidRPr="00A85964" w14:paraId="4B7B368D" w14:textId="77777777" w:rsidTr="00422BD8">
+        <w:trPr>
+          <w:trHeight w:val="673"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2376" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D278630" w14:textId="77777777" w:rsidR="007016ED" w:rsidRPr="00A85964" w:rsidRDefault="007016ED" w:rsidP="00422BD8">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:ind w:left="142" w:hanging="142"/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A3ADE">
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A3ADE">
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Juristische Person/ Personengesellschaften:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
+          <w:p w14:paraId="2053D766" w14:textId="77777777" w:rsidR="007016ED" w:rsidRPr="00A85964" w:rsidRDefault="007016ED" w:rsidP="00422BD8">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...339 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text47"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:bookmarkStart w:id="1" w:name="Text47"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...4 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...34 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A1865" w:rsidTr="00DF5552">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="007016ED" w:rsidRPr="00A85964" w14:paraId="7366877E" w14:textId="77777777" w:rsidTr="00422BD8">
         <w:trPr>
-          <w:cantSplit/>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1488" w:type="dxa"/>
-[...5 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2376" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
+          <w:p w14:paraId="50E89889" w14:textId="77777777" w:rsidR="007016ED" w:rsidRPr="00A85964" w:rsidRDefault="007016ED" w:rsidP="00422BD8">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...5 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
+          <w:p w14:paraId="0630AD65" w14:textId="77777777" w:rsidR="007016ED" w:rsidRPr="00A85964" w:rsidRDefault="007016ED" w:rsidP="00422BD8">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00A85964">
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kontaktperson im Verfahren: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1478A534" w14:textId="77777777" w:rsidR="007016ED" w:rsidRPr="00A85964" w:rsidRDefault="007016ED" w:rsidP="00422BD8">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text48"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:bookmarkStart w:id="2" w:name="Text48"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...4 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...34 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="2"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007016ED" w:rsidRPr="00A85964" w14:paraId="4ED2F142" w14:textId="77777777" w:rsidTr="00422BD8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2376" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F68D12D" w14:textId="77777777" w:rsidR="007016ED" w:rsidRPr="000A3ADE" w:rsidRDefault="007016ED" w:rsidP="00422BD8">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:ind w:left="142" w:hanging="142"/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A3ADE">
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A3ADE">
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Natürliche Person</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="332D9479" w14:textId="77777777" w:rsidR="007016ED" w:rsidRPr="00A85964" w:rsidRDefault="007016ED" w:rsidP="00422BD8">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A3ADE">
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Akad. Grad, Vor- und Nachname) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
-[...5 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
+          <w:p w14:paraId="76A5B9B9" w14:textId="77777777" w:rsidR="007016ED" w:rsidRPr="00A85964" w:rsidRDefault="007016ED" w:rsidP="00422BD8">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...151 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text49"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:bookmarkStart w:id="3" w:name="Text49"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...4 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...34 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="3"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007016ED" w:rsidRPr="00A85964" w14:paraId="314179A5" w14:textId="77777777" w:rsidTr="00422BD8">
+        <w:trPr>
+          <w:trHeight w:val="722"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D7E3EFB" w14:textId="77777777" w:rsidR="007016ED" w:rsidRPr="00A85964" w:rsidRDefault="007016ED" w:rsidP="00422BD8">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A85964">
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>Adresse:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
-[...5 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
+          <w:p w14:paraId="3F42DA08" w14:textId="77777777" w:rsidR="007016ED" w:rsidRPr="00A85964" w:rsidRDefault="007016ED" w:rsidP="00422BD8">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>Fax</w:t>
+            <w:r w:rsidRPr="00A85964">
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>Straße und Hausnummer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
+          <w:p w14:paraId="02B33D40" w14:textId="77777777" w:rsidR="007016ED" w:rsidRPr="00A85964" w:rsidRDefault="007016ED" w:rsidP="00422BD8">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...132 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text50"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:bookmarkStart w:id="4" w:name="Text50"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...4 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...34 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:bookmarkEnd w:id="4"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007016ED" w:rsidRPr="00A85964" w14:paraId="6F2A07E4" w14:textId="77777777" w:rsidTr="00422BD8">
+        <w:trPr>
+          <w:trHeight w:val="723"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="37E48E07" w14:textId="77777777" w:rsidR="007016ED" w:rsidRPr="00A85964" w:rsidRDefault="007016ED" w:rsidP="00422BD8">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="56298047" w14:textId="77777777" w:rsidR="007016ED" w:rsidRPr="00A85964" w:rsidRDefault="007016ED" w:rsidP="00422BD8">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A85964">
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>PLZ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="112B068D" w14:textId="77777777" w:rsidR="007016ED" w:rsidRPr="00A85964" w:rsidRDefault="007016ED" w:rsidP="00422BD8">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text51"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="5" w:name="Text51"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="5"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AA71222" w14:textId="77777777" w:rsidR="007016ED" w:rsidRPr="00A85964" w:rsidRDefault="007016ED" w:rsidP="00422BD8">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A85964">
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>Ort:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="366F840F" w14:textId="77777777" w:rsidR="007016ED" w:rsidRPr="00A85964" w:rsidRDefault="007016ED" w:rsidP="00422BD8">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text52"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="6" w:name="Text52"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="6"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007016ED" w:rsidRPr="00A85964" w14:paraId="252E80A9" w14:textId="77777777" w:rsidTr="00422BD8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2376" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A7DAADE" w14:textId="77777777" w:rsidR="007016ED" w:rsidRPr="00A85964" w:rsidRDefault="007016ED" w:rsidP="00422BD8">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A85964">
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tel. Nr. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A85964">
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>(Erreichbarkeit)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0210D600" w14:textId="77777777" w:rsidR="007016ED" w:rsidRPr="00A85964" w:rsidRDefault="007016ED" w:rsidP="00422BD8">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text53"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="7" w:name="Text53"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="7"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AEE7F30" w14:textId="77777777" w:rsidR="007016ED" w:rsidRPr="00A85964" w:rsidRDefault="007016ED" w:rsidP="00422BD8">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A85964">
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>E-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A3ADE">
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mail </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A3ADE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:sym w:font="Webdings" w:char="F069"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A922F55" w14:textId="77777777" w:rsidR="007016ED" w:rsidRPr="00A85964" w:rsidRDefault="007016ED" w:rsidP="00422BD8">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text54"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="8" w:name="Text54"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
-[...4 lines deleted...]
-          <w:bCs/>
+    <w:p w14:paraId="040A9064" w14:textId="77777777" w:rsidR="007016ED" w:rsidRDefault="007016ED" w:rsidP="007016ED">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
+    <w:p w14:paraId="2451FA43" w14:textId="77777777" w:rsidR="007016ED" w:rsidRDefault="007016ED" w:rsidP="007016ED">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="510"/>
           <w:tab w:val="clear" w:pos="851"/>
           <w:tab w:val="clear" w:pos="1191"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F069"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mit der Angabe Ihrer E-Mail-Adresse ermächtigen Sie den Magistrat, auch auf diesem Weg mit Ihnen Kontakt aufzunehmen.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
-[...6 lines deleted...]
-    <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865">
+    <w:p w14:paraId="50121358" w14:textId="2608471A" w:rsidR="000A1865" w:rsidRDefault="000A1865">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="510"/>
           <w:tab w:val="clear" w:pos="851"/>
           <w:tab w:val="clear" w:pos="1191"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="607CF082" w14:textId="77777777" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:br w:type="page"/>
-[...4 lines deleted...]
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t>EigentümerIn(nen) des Betriebsgrundstückes:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9019" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3898"/>
         <w:gridCol w:w="5121"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000A1865" w:rsidTr="00DF5552">
+      <w:tr w:rsidR="000A1865" w14:paraId="762B66D4" w14:textId="77777777" w:rsidTr="00DF5552">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
+          <w:p w14:paraId="34238764" w14:textId="77777777" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Nachname, Vorname, Akad. Grad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5121" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
+          <w:p w14:paraId="520DCAD6" w14:textId="77777777" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Straße/Nr., Postleitzahl, Ort, Telefon, Fax, E-Mail</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A1865" w:rsidTr="00DF5552">
+      <w:tr w:rsidR="000A1865" w14:paraId="3EE99BCA" w14:textId="77777777" w:rsidTr="00DF5552">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
+          <w:p w14:paraId="7A14D337" w14:textId="77777777" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text35"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -1831,51 +2001,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5121" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
+          <w:p w14:paraId="0BF7DD18" w14:textId="77777777" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -1911,66 +2081,66 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A1865" w:rsidTr="00DF5552">
+      <w:tr w:rsidR="000A1865" w14:paraId="7FBDC76B" w14:textId="77777777" w:rsidTr="00DF5552">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
+          <w:p w14:paraId="230A6575" w14:textId="77777777" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text36"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -2015,51 +2185,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5121" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
+          <w:p w14:paraId="60E30182" w14:textId="77777777" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text37"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -2095,66 +2265,66 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A1865" w:rsidTr="00DF5552">
+      <w:tr w:rsidR="000A1865" w14:paraId="43FA2797" w14:textId="77777777" w:rsidTr="00DF5552">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
+          <w:p w14:paraId="2E9842FE" w14:textId="77777777" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text38"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -2199,51 +2369,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5121" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
+          <w:p w14:paraId="224ECC23" w14:textId="77777777" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text39"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -2280,140 +2450,140 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
+    <w:p w14:paraId="6ECDB3A1" w14:textId="77777777" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
+    <w:p w14:paraId="64711748" w14:textId="77777777" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Standort:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8859" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2622"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1701"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000A1865" w:rsidTr="00DF5552">
+      <w:tr w:rsidR="000A1865" w14:paraId="63FFADA6" w14:textId="77777777" w:rsidTr="00DF5552">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
+          <w:p w14:paraId="6196FF4B" w14:textId="77777777" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Straße/Nr.*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
+          <w:p w14:paraId="78CCCDCA" w14:textId="77777777" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -2449,90 +2619,90 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A1865" w:rsidTr="00DF5552">
+      <w:tr w:rsidR="000A1865" w14:paraId="7D663441" w14:textId="77777777" w:rsidTr="00DF5552">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
+          <w:p w14:paraId="62B5AF77" w14:textId="77777777" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Postleitzahl*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
+          <w:p w14:paraId="6F19533A" w14:textId="77777777" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -2577,76 +2747,76 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
+          <w:p w14:paraId="399AC099" w14:textId="77777777" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Ort*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
+          <w:p w14:paraId="00DB700C" w14:textId="77777777" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -2682,111 +2852,111 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A1865" w:rsidTr="00DF5552">
+      <w:tr w:rsidR="000A1865" w14:paraId="08516109" w14:textId="77777777" w:rsidTr="00DF5552">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
+          <w:p w14:paraId="54EF8EC9" w14:textId="77777777" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Katastralgemeinde*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
+          <w:p w14:paraId="05458D10" w14:textId="77777777" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="Text29"/>
+            <w:bookmarkStart w:id="9" w:name="Text29"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -2801,90 +2971,90 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="2"/>
+            <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
+          <w:p w14:paraId="584162B2" w14:textId="77777777" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Einlagezahl*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
+          <w:p w14:paraId="5F74363B" w14:textId="77777777" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -2920,111 +3090,111 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A1865" w:rsidTr="00DF5552">
+      <w:tr w:rsidR="000A1865" w14:paraId="320AB806" w14:textId="77777777" w:rsidTr="00DF5552">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="609"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
+          <w:p w14:paraId="35044374" w14:textId="77777777" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Grundstücksnummer/n*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
+          <w:p w14:paraId="7F9C80EB" w14:textId="77777777" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text30"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="Text30"/>
+            <w:bookmarkStart w:id="10" w:name="Text30"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -3039,134 +3209,142 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="3"/>
+            <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
+    <w:p w14:paraId="6042935F" w14:textId="77777777" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
       <w:pPr>
         <w:spacing w:line="180" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
+    <w:p w14:paraId="751C9181" w14:textId="77777777" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F6C25">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Beschreibung des Gastgartens:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4407"/>
         <w:gridCol w:w="4407"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000A1865" w:rsidRPr="009B5F37" w:rsidTr="00DF5552">
+      <w:tr w:rsidR="000A1865" w:rsidRPr="009B5F37" w14:paraId="620B24C5" w14:textId="77777777" w:rsidTr="00DF5552">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4407" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1865" w:rsidRPr="009B5F37" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
+          <w:p w14:paraId="6406F494" w14:textId="77777777" w:rsidR="000A1865" w:rsidRPr="009B5F37" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B5F37">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>Ausmaß in m²:</w:t>
+              <w:t>Ausmaß in m</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009B5F37">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>²:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4407" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1865" w:rsidRPr="009B5F37" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
+          <w:p w14:paraId="79E1AF33" w14:textId="77777777" w:rsidR="000A1865" w:rsidRPr="009B5F37" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B5F37">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009B5F37">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -3204,88 +3382,96 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="009B5F37">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="009B5F37">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="009B5F37">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A1865" w:rsidRPr="009B5F37" w:rsidTr="00DF5552">
+      <w:tr w:rsidR="000A1865" w:rsidRPr="009B5F37" w14:paraId="5131FABC" w14:textId="77777777" w:rsidTr="00DF5552">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4407" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1865" w:rsidRPr="009B5F37" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
+          <w:p w14:paraId="608E9379" w14:textId="77777777" w:rsidR="000A1865" w:rsidRPr="009B5F37" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B5F37">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>Anzahl der Verabreichungsplätze:</w:t>
+              <w:t xml:space="preserve">Anzahl der </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009B5F37">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Verabreichungsplätze:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4407" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1865" w:rsidRPr="009B5F37" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
+          <w:p w14:paraId="58BC771A" w14:textId="77777777" w:rsidR="000A1865" w:rsidRPr="009B5F37" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B5F37">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009B5F37">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -3323,88 +3509,90 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="009B5F37">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="009B5F37">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="009B5F37">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A1865" w:rsidRPr="009B5F37" w:rsidTr="00DF5552">
+      <w:tr w:rsidR="000A1865" w:rsidRPr="009B5F37" w14:paraId="41A5083E" w14:textId="77777777" w:rsidTr="00DF5552">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4407" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1865" w:rsidRPr="009B5F37" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
+          <w:p w14:paraId="056CD36B" w14:textId="77777777" w:rsidR="000A1865" w:rsidRPr="009B5F37" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009B5F37">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Betriebszeit:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4407" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1865" w:rsidRPr="009B5F37" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
+          <w:p w14:paraId="3AF77089" w14:textId="77777777" w:rsidR="000A1865" w:rsidRPr="009B5F37" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B5F37">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009B5F37">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -3442,1283 +3630,1293 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="009B5F37">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="009B5F37">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="009B5F37">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A1865" w:rsidRPr="009B5F37" w:rsidTr="00DF5552">
+      <w:tr w:rsidR="000A1865" w:rsidRPr="009B5F37" w14:paraId="1571D807" w14:textId="77777777" w:rsidTr="00DF5552">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8814" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1865" w:rsidRPr="009B5F37" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
+          <w:p w14:paraId="733A0F82" w14:textId="77777777" w:rsidR="000A1865" w:rsidRPr="009B5F37" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B5F37">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Im Gastgarten werden keine Speisen zubereitet (Grillen udgl.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A1865" w:rsidRPr="009B5F37" w:rsidTr="00DF5552">
+      <w:tr w:rsidR="000A1865" w:rsidRPr="009B5F37" w14:paraId="072449F0" w14:textId="77777777" w:rsidTr="00DF5552">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8814" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1865" w:rsidRPr="009B5F37" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
+          <w:p w14:paraId="4B794A4D" w14:textId="77777777" w:rsidR="000A1865" w:rsidRPr="009B5F37" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B5F37">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Im Gastgarten wird keine Musik dargeboten (Livemusik oder Musikanlage udgl.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A1865" w:rsidRPr="009B5F37" w:rsidTr="00DF5552">
+      <w:tr w:rsidR="000A1865" w:rsidRPr="009B5F37" w14:paraId="102AAD2D" w14:textId="77777777" w:rsidTr="00DF5552">
         <w:trPr>
           <w:trHeight w:val="851"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8814" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A1865" w:rsidRPr="009B5F37" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
+          <w:p w14:paraId="16352720" w14:textId="77777777" w:rsidR="000A1865" w:rsidRPr="009B5F37" w:rsidRDefault="000A1865" w:rsidP="00DF5552">
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Bei allen Zugängen zum Gastgarten werden deutlich erkennbare Anschläge, auf denen auf das Verbot des lauten Sprechens, Singens und Musizierens hingewiesen wird, dauerhaft angebracht.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
+    <w:p w14:paraId="504253D0" w14:textId="77777777" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
-[...2 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+    <w:p w14:paraId="7B46790C" w14:textId="77777777" w:rsidR="00785D65" w:rsidRPr="00040169" w:rsidRDefault="00785D65" w:rsidP="00785D65">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="599EAB62" w14:textId="07E93F67" w:rsidR="00785D65" w:rsidRDefault="00785D65" w:rsidP="00785D65">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="510"/>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C7162D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Kontrollkästchen1"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+              <w:checked w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00C7162D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00C7162D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00C7162D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00C7162D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00040169">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00040169">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Kein Abfallwirtschaftskonzept erforderlich, weil nur die Öffnungszeit geändert wird oder die Gesamtzahl der für den Betrieb benützten Verabreichungsplätze im Wesent</w:t>
+      </w:r>
+      <w:r w:rsidR="00A31044">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040169">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lichen gleichbleibt.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
-[...2 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+    <w:p w14:paraId="3721A957" w14:textId="77777777" w:rsidR="00785D65" w:rsidRDefault="00785D65" w:rsidP="00785D65">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="510"/>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
+    <w:p w14:paraId="1B9642CF" w14:textId="77777777" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
+    <w:p w14:paraId="6E8DB66B" w14:textId="77777777" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79D33E3C" w14:textId="77777777" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38078B1E" w14:textId="77777777" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>___________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
+    <w:p w14:paraId="1470D98A" w14:textId="77777777" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Datum, Unterschrift Anzeigende(r)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
-[...13 lines deleted...]
-    <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865">
+    <w:p w14:paraId="0539314A" w14:textId="77777777" w:rsidR="00785D65" w:rsidRDefault="00785D65">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="510"/>
           <w:tab w:val="clear" w:pos="851"/>
           <w:tab w:val="clear" w:pos="1191"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
-[...24 lines deleted...]
-    <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
+    <w:p w14:paraId="0BF9554A" w14:textId="77777777" w:rsidR="00A31044" w:rsidRDefault="00A31044" w:rsidP="000A1865">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="510"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Der Anzeige sind folgende Unterlagen (in 4-facher Ausfertigung) anzuschließen</w:t>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1544AD6A" w14:textId="1A320512" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="510"/>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Der Anzeige sind folgende Unterlagen anzuschließen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
-      <w:pPr>
+    <w:p w14:paraId="06BD6911" w14:textId="77777777" w:rsidR="000A1865" w:rsidRPr="00785D65" w:rsidRDefault="000A1865" w:rsidP="00785D65">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="510"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00785D65">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Lageplan</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
-      <w:pPr>
+    <w:p w14:paraId="2B747570" w14:textId="77777777" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="00785D65">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="510"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Grundrissplan aus dem die Gastgarteneinrichtungen ersichtlich sind</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:br/>
         <w:t>(Tische, Sessel, Bänke, Schank, Begrenzungen wie Blumentröge udgl.)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="6AB7A377" w14:textId="77777777" w:rsidR="00040169" w:rsidRDefault="00040169" w:rsidP="00040169">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="510"/>
+          <w:tab w:val="clear" w:pos="851"/>
+          <w:tab w:val="clear" w:pos="1191"/>
         </w:tabs>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:t>Abfallwirtschaftskonzept</w:t>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78687908" w14:textId="746EFA9D" w:rsidR="00040169" w:rsidRPr="00785D65" w:rsidRDefault="00040169" w:rsidP="00040169">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="510"/>
+          <w:tab w:val="clear" w:pos="851"/>
+          <w:tab w:val="clear" w:pos="1191"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040169">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Anmerkung: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785D65">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Lageplan und Grundriss sind zwingend nötig, damit die Behörde die Lage des Gastgartens und vor allem die Anzahl der Plätze beurteilen kann. Dafür reicht für den Grundriss auch eine Handskizze und für den Lageplan zB ein Screenshot des Satellitenbildes von Google Maps, in dem der Gastgarten eingezeichnet / markiert ist.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
+    <w:p w14:paraId="5AF8123A" w14:textId="77777777" w:rsidR="00040169" w:rsidRPr="00040169" w:rsidRDefault="00040169" w:rsidP="00040169">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79E031AE" w14:textId="543A9196" w:rsidR="00040169" w:rsidRPr="00785D65" w:rsidRDefault="00040169" w:rsidP="00040169">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040169">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HINWEIS: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785D65">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Um Ihr Verfahren bestmöglich zu beschleunigen, empfehlen wir eine digitale Einreichung per Mail (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="00785D65">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>bbv@mag.linz.at).</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="368C4195" w14:textId="77777777" w:rsidR="00785D65" w:rsidRPr="00040169" w:rsidRDefault="00785D65" w:rsidP="00040169">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EFDB417" w14:textId="6D31BD33" w:rsidR="00040169" w:rsidRDefault="00040169" w:rsidP="00040169">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="510"/>
+          <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
-        <w:rPr>
-[...10 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:noProof/>
-          <w:lang w:eastAsia="de-AT"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="65710FCE" wp14:editId="45DA09F9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>-20955</wp:posOffset>
+                  <wp:posOffset>-16510</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>32385</wp:posOffset>
+                  <wp:posOffset>68580</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="5606415" cy="1010920"/>
-                <wp:effectExtent l="3810" t="635" r="0" b="0"/>
+                <wp:extent cx="5821680" cy="1569720"/>
+                <wp:effectExtent l="0" t="0" r="7620" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="3" name="Textfeld 3"/>
-[...2 lines deleted...]
-                </wp:cNvGraphicFramePr>
+                <wp:docPr id="2037363410" name="Textfeld 1"/>
+                <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
-                      <wps:cNvSpPr txBox="1">
-[...2 lines deleted...]
-                      <wps:spPr bwMode="auto">
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="5606415" cy="1010920"/>
+                          <a:ext cx="5821680" cy="1569720"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
-                          <a:srgbClr val="FFFFFF"/>
+                          <a:schemeClr val="bg1">
+                            <a:lumMod val="85000"/>
+                          </a:schemeClr>
                         </a:solidFill>
-                        <a:ln>
+                        <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
-                        <a:effectLst/>
-[...20 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
+                          <w:p w14:paraId="67263A5D" w14:textId="4A77D0AC" w:rsidR="00040169" w:rsidRPr="00040169" w:rsidRDefault="009F32D3" w:rsidP="00040169">
                             <w:pPr>
-                              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                              </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00C7162D">
-[...6 lines deleted...]
-                            </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:b/>
+                                <w:bCs/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
-                              <w:t>,</w:t>
+                              <w:t xml:space="preserve">Zusätzliche Erfordernisse bei Gastgärten, die sich auf öffentlichem Grund (das sind meist öffentliche Verkehrsflächen) befinden: </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="00C7162D">
-[...5 lines deleted...]
-                              <w:t xml:space="preserve"> die auf öffentlichen Verkehrsflächen errichtet werden, ist ein eigenes Ansuchen um straßenpolizeiliche Bewilligung nach § 82 Abs. 2 Z 4 Straßenverkehrsordnung 1960 i.d.g.F. beim Magistrat Linz, </w:t>
+                          </w:p>
+                          <w:p w14:paraId="4099DCD3" w14:textId="77777777" w:rsidR="00040169" w:rsidRPr="00040169" w:rsidRDefault="00040169" w:rsidP="00040169"/>
+                          <w:p w14:paraId="69B958BA" w14:textId="48226DEF" w:rsidR="00040169" w:rsidRPr="00040169" w:rsidRDefault="009F32D3" w:rsidP="00040169">
+                            <w:pPr>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="11"/>
+                              </w:numPr>
+                              <w:ind w:left="426" w:hanging="426"/>
+                            </w:pPr>
+                            <w:r>
+                              <w:t>Eine</w:t>
                             </w:r>
-                            <w:r>
-[...5 lines deleted...]
-                              <w:t>Bau- und Bezirksverwaltung</w:t>
+                            <w:r w:rsidR="00040169" w:rsidRPr="00040169">
+                              <w:t xml:space="preserve"> Grundeigentümerzustimmung ist beim Gebäudemanagement der Stadt Linz, Abt. Straßenverwaltung (</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="00C7162D">
-[...16 lines deleted...]
-                              <w:r w:rsidRPr="00E266E5">
+                            <w:hyperlink r:id="rId8" w:history="1">
+                              <w:r w:rsidR="00040169" w:rsidRPr="00040169">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
-                                  <w:rFonts w:cs="Arial"/>
                                   <w:b/>
-                                  <w:szCs w:val="22"/>
+                                  <w:bCs/>
                                 </w:rPr>
-                                <w:t>mailto:verkehr.</w:t>
+                                <w:t>strv.gmt@mag.linz.at</w:t>
                               </w:r>
-                              <w:r>
+                            </w:hyperlink>
+                            <w:r w:rsidR="00040169" w:rsidRPr="00040169">
+                              <w:t xml:space="preserve">) einzuholen. </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="068DBBC1" w14:textId="1E42D38E" w:rsidR="00040169" w:rsidRPr="00040169" w:rsidRDefault="00040169" w:rsidP="00040169">
+                            <w:pPr>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="11"/>
+                              </w:numPr>
+                              <w:ind w:left="426" w:hanging="426"/>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00040169">
+                              <w:t>Um eine straßenrechtliche Bewilligung ist bei der Bau</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00BC78C9">
+                              <w:t>-</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00040169">
+                              <w:t xml:space="preserve"> und Bezirksverwaltung der Stadt Linz, Abt. Veranstaltungen und Verkehr (</w:t>
+                            </w:r>
+                            <w:hyperlink r:id="rId9" w:history="1">
+                              <w:r w:rsidRPr="00040169">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
-                                  <w:rFonts w:cs="Arial"/>
                                   <w:b/>
-                                  <w:szCs w:val="22"/>
+                                  <w:bCs/>
                                 </w:rPr>
-                                <w:t>bbv</w:t>
-[...8 lines deleted...]
-                                <w:t>@mag.linz.at</w:t>
+                                <w:t>verkehr@mag.linz.at</w:t>
                               </w:r>
                             </w:hyperlink>
-                            <w:r>
-[...13 lines deleted...]
-                              <w:t>, einzubringen</w:t>
+                            <w:r w:rsidRPr="00040169">
+                              <w:t>) anzusuchen.</w:t>
                             </w:r>
                           </w:p>
+                          <w:p w14:paraId="3688C062" w14:textId="77777777" w:rsidR="00040169" w:rsidRDefault="00040169"/>
                         </w:txbxContent>
                       </wps:txbx>
-                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
+                <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
-                <wp14:sizeRelV relativeFrom="page">
+                <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="65710FCE" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Textfeld 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-1.65pt;margin-top:2.55pt;width:441.45pt;height:79.6pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBgPt04+wIAAEkGAAAOAAAAZHJzL2Uyb0RvYy54bWysVduO0zAQfUfiHyy/Z3Np0jTRpqjtNghp&#10;uUi7iGc3dhqLxA62u+mC+HfGTm+7gISAVIo88fh4zplLr1/tuxY9MKW5FAUOrwKMmKgk5WJb4I/3&#10;pTfDSBsiKGmlYAV+ZBq/mr98cT30OYtkI1vKFAIQofOhL3BjTJ/7vq4a1hF9JXsmYLOWqiMGTLX1&#10;qSIDoHetHwXB1B+kor2SFdMavt6Mm3ju8OuaVeZ9XWtmUFtgiM24t3LvjX3782uSbxXpG14dwiB/&#10;EUVHuIBLT1A3xBC0U/wnqI5XSmpZm6tKdr6sa14xxwHYhMEzNncN6ZnjAuLo/iST/n+w1buHDwpx&#10;WuAJRoJ0kKJ7tjc1aymaWHWGXufgdNeDm9kv5R6y7Jjq/lZWnzUSctUQsWULpeTQMEIhutCe9C+O&#10;jjjagmyGt5LCNWRnpAPa16qz0oEYCNAhS4+nzEAoqIKPyTSYxmGCUQV7ISiVRS53PsmPx3ulzWsm&#10;O2QXBVaQegdPHm61seGQ/Ohib9Oy5bTkbesMtd2sWoUeCJRJ6R7H4JlbK6yzkPbYiDh+Ya7QxmtI&#10;DjHD0nra6F0RfMvCKA6WUeaV01nqxWWceFkazLwgzJbZNIiz+Kb8bsMN47zhlDJxywU7FmQY/1nC&#10;D60xlpIrSTQUOEuiZMzYbykH7vkV5Y4b6M+WdwWenZxIbvO8FhREILkhvB3X/tPwneagwVMpFmUS&#10;pPFk5qVpMvHiyTrwlrNy5S1W4XSarper5Tp8KsXayav/XQ0XyDFX1pA7YHfX0AFRbotmkmRRiMGA&#10;CRGlI19E2i2MtsoojJQ0n7hpXF/aGrUY+rJ2ZoH9HYQ8oY9CnC++0OnA7SwVlOmxgFwD2Z4Zu8fs&#10;N3sQ3HbVRtJHaCUIx/ULzF9YNFJ9xWiAWVZg/WVHFMOofSOgHbMwju3wc0acpNA7SF3ubC53iKgA&#10;qsAGo3G5MuPA3PWKbxu4aRwAQi6ghWvumuscFVCxBswrR+owW+1AvLSd1/kfYP4DAAD//wMAUEsD&#10;BBQABgAIAAAAIQDHSZ443gAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BbsIwEEX3lXoHayp1&#10;U4FDAwmEOKit1KpbKAeYxCaJiMdRbEi4faershz9p//f5LvJduJqBt86UrCYRyAMVU63VCs4/nzO&#10;1iB8QNLYOTIKbsbDrnh8yDHTbqS9uR5CLbiEfIYKmhD6TEpfNcain7veEGcnN1gMfA611AOOXG47&#10;+RpFibTYEi802JuPxlTnw8UqOH2PL6vNWH6FY7pfJu/YpqW7KfX8NL1tQQQzhX8Y/vRZHQp2Kt2F&#10;tBedglkcM6lgtQDB8TrdJCBK5pJlDLLI5f0DxS8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAYD7dOPsCAABJBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAx0meON4AAAAIAQAADwAAAAAAAAAAAAAAAABVBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAGAGAAAAAA==&#10;" stroked="f">
+              <v:shape id="Textfeld 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-1.3pt;margin-top:5.4pt;width:458.4pt;height:123.6pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAaUZ8bPgIAAHkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8L0koUBYRVpQVVSW6&#10;uxJb7dk4NonkeFzbkNBf37ETPrrtqerFGXvGM5733mR+39aKHIV1FeicZoOUEqE5FJXe5/T7y/rD&#10;lBLnmS6YAi1yehKO3i/ev5s3ZiaGUIIqhCWYRLtZY3Jaem9mSeJ4KWrmBmCERqcEWzOPW7tPCssa&#10;zF6rZJimk6QBWxgLXDiHpw+dky5ifikF909SOuGJyim+zcfVxnUX1mQxZ7O9ZaaseP8M9g+vqFml&#10;segl1QPzjBxs9UequuIWHEg/4FAnIGXFRewBu8nSN91sS2ZE7AXBceYCk/t/afnjcWueLfHtZ2iR&#10;wABIY9zM4WHop5W2Dl98KUE/Qni6wCZaTzgejqfDbDJFF0dfNp7cfRpGYJPrdWOd/yKgJsHIqUVe&#10;IlzsuHEeS2LoOSRUc6CqYl0pFTdBC2KlLDkyZHG3z+JVdai/QdGdTcdpei4ZpRPCY9bfMilNmpxO&#10;Po7TmEFDKNFVVxrDr40Hy7e7tkdjB8UJQbLQ6ccZvq6wkQ1z/plZFAw2j0Pgn3CRCrAI9BYlJdif&#10;fzsP8cgjeilpUIA5dT8OzApK1FeNDN9lo1FQbNyMxgFTYm89u1uPPtQrQHQyHDfDoxnivTqb0kL9&#10;irOyDFXRxTTH2jn1Z3Plu7HAWeNiuYxBqFHD/EZvDQ+pAxuBppf2lVnTc+lRBo9wliqbvaG0iw03&#10;NSwPHmQV+Q4Ad6j2uKO+I2H9LIYBut3HqOsfY/ELAAD//wMAUEsDBBQABgAIAAAAIQCU+9uv3gAA&#10;AAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcWrsRrUKIU1UITnCgbeDsxEsS&#10;8E9kO214e5ZTOe7MaPabcjtbw04Y4uCdhNVSAEPXej24TkJ9fF7kwGJSTivjHUr4wQjb6vqqVIX2&#10;Z7fH0yF1jEpcLJSEPqWx4Dy2PVoVl35ER96nD1YlOkPHdVBnKreGZ0JsuFWDow+9GvGxx/b7MFkJ&#10;X0o8mY+X4+vbuqnDLt9P73U3SXl7M+8egCWc0yUMf/iEDhUxNX5yOjIjYZFtKEm6oAXk36/uMmCN&#10;hGydC+BVyf8vqH4BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAGlGfGz4CAAB5BAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAlPvbr94AAAAJAQAA&#10;DwAAAAAAAAAAAAAAAACYBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKMFAAAAAA==&#10;" fillcolor="#d8d8d8 [2732]" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
+                    <w:p w14:paraId="67263A5D" w14:textId="4A77D0AC" w:rsidR="00040169" w:rsidRPr="00040169" w:rsidRDefault="009F32D3" w:rsidP="00040169">
                       <w:pPr>
-                        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                        </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00C7162D">
-[...6 lines deleted...]
-                      </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:b/>
+                          <w:bCs/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
-                        <w:t>,</w:t>
-[...195 lines deleted...]
-                        <w:t>gen</w:t>
+                        <w:t xml:space="preserve">Zusätzliche Erfordernisse bei Gastgärten, die sich auf öffentlichem Grund (das sind meist öffentliche Verkehrsflächen) befinden: </w:t>
                       </w:r>
                     </w:p>
+                    <w:p w14:paraId="4099DCD3" w14:textId="77777777" w:rsidR="00040169" w:rsidRPr="00040169" w:rsidRDefault="00040169" w:rsidP="00040169"/>
+                    <w:p w14:paraId="69B958BA" w14:textId="48226DEF" w:rsidR="00040169" w:rsidRPr="00040169" w:rsidRDefault="009F32D3" w:rsidP="00040169">
+                      <w:pPr>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="11"/>
+                        </w:numPr>
+                        <w:ind w:left="426" w:hanging="426"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:t>Eine</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00040169" w:rsidRPr="00040169">
+                        <w:t xml:space="preserve"> Grundeigentümerzustimmung ist beim Gebäudemanagement der Stadt Linz, Abt. Straßenverwaltung (</w:t>
+                      </w:r>
+                      <w:hyperlink r:id="rId10" w:history="1">
+                        <w:r w:rsidR="00040169" w:rsidRPr="00040169">
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:b/>
+                            <w:bCs/>
+                          </w:rPr>
+                          <w:t>strv.gmt@mag.linz.at</w:t>
+                        </w:r>
+                      </w:hyperlink>
+                      <w:r w:rsidR="00040169" w:rsidRPr="00040169">
+                        <w:t xml:space="preserve">) einzuholen. </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="068DBBC1" w14:textId="1E42D38E" w:rsidR="00040169" w:rsidRPr="00040169" w:rsidRDefault="00040169" w:rsidP="00040169">
+                      <w:pPr>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="11"/>
+                        </w:numPr>
+                        <w:ind w:left="426" w:hanging="426"/>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00040169">
+                        <w:t>Um eine straßenrechtliche Bewilligung ist bei der Bau</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00BC78C9">
+                        <w:t>-</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00040169">
+                        <w:t xml:space="preserve"> und Bezirksverwaltung der Stadt Linz, Abt. Veranstaltungen und Verkehr (</w:t>
+                      </w:r>
+                      <w:hyperlink r:id="rId11" w:history="1">
+                        <w:r w:rsidRPr="00040169">
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:b/>
+                            <w:bCs/>
+                          </w:rPr>
+                          <w:t>verkehr@mag.linz.at</w:t>
+                        </w:r>
+                      </w:hyperlink>
+                      <w:r w:rsidRPr="00040169">
+                        <w:t>) anzusuchen.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="3688C062" w14:textId="77777777" w:rsidR="00040169" w:rsidRDefault="00040169"/>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
+    <w:p w14:paraId="68223992" w14:textId="39B27163" w:rsidR="00040169" w:rsidRDefault="00040169" w:rsidP="00040169">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="510"/>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47762FA4" w14:textId="577E7D35" w:rsidR="00040169" w:rsidRDefault="00040169" w:rsidP="00040169">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="510"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
+    <w:p w14:paraId="5DD24F9D" w14:textId="25B0402D" w:rsidR="00040169" w:rsidRDefault="00040169" w:rsidP="000A1865">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="510"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
+    <w:p w14:paraId="4A80D848" w14:textId="2163CA33" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="510"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
+    <w:p w14:paraId="4BF61EB1" w14:textId="77777777" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="510"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C0452A7" w14:textId="77777777" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="510"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CE3AF28" w14:textId="77777777" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="510"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000A1865" w:rsidRPr="0024282D" w:rsidRDefault="000A1865" w:rsidP="000A1865">
+    <w:p w14:paraId="15C346E2" w14:textId="77777777" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="510"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A892A32" w14:textId="77777777" w:rsidR="00040169" w:rsidRDefault="00040169" w:rsidP="000A1865">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33CF6C51" w14:textId="77777777" w:rsidR="00040169" w:rsidRDefault="00040169" w:rsidP="000A1865">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="645D7F3E" w14:textId="77777777" w:rsidR="00040169" w:rsidRDefault="00040169" w:rsidP="000A1865">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C7E3B4B" w14:textId="1B248DB8" w:rsidR="000A1865" w:rsidRPr="0024282D" w:rsidRDefault="000A1865" w:rsidP="000A1865">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0024282D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Informationen zum Datenschutz:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A1865" w:rsidRPr="0024282D" w:rsidRDefault="000A1865" w:rsidP="000A1865">
+    <w:p w14:paraId="41B5AC4C" w14:textId="77777777" w:rsidR="000A1865" w:rsidRPr="0024282D" w:rsidRDefault="000A1865" w:rsidP="000A1865">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
-[...29 lines deleted...]
-    <w:p w:rsidR="000A1865" w:rsidRPr="0024282D" w:rsidRDefault="000A1865" w:rsidP="000A1865">
+    <w:p w14:paraId="719FC9C8" w14:textId="77777777" w:rsidR="000A1865" w:rsidRPr="0024282D" w:rsidRDefault="000A1865" w:rsidP="000A1865">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0024282D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Die von Ihnen bekanntgegebenen Daten werden</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A1865" w:rsidRPr="0024282D" w:rsidRDefault="000A1865" w:rsidP="000A1865">
+    <w:p w14:paraId="1A0CE642" w14:textId="77777777" w:rsidR="000A1865" w:rsidRPr="0024282D" w:rsidRDefault="000A1865" w:rsidP="000A1865">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="510"/>
           <w:tab w:val="clear" w:pos="851"/>
           <w:tab w:val="clear" w:pos="1191"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0024282D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>im Rahmen des konkreten Verfahrens und der gesetzlichen Zulässigkeit an sonstige Verfahrensbeteiligte weitergegeben.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A1865" w:rsidRPr="0024282D" w:rsidRDefault="000A1865" w:rsidP="000A1865">
+    <w:p w14:paraId="7BEA3B54" w14:textId="77777777" w:rsidR="000A1865" w:rsidRPr="0024282D" w:rsidRDefault="000A1865" w:rsidP="000A1865">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="510"/>
           <w:tab w:val="clear" w:pos="851"/>
           <w:tab w:val="clear" w:pos="1191"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0024282D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>im Magistrat Linz über einen Zeitraum von 10 Jahren nach Abschluss des Verfahrens gespeichert.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A1865" w:rsidRPr="0024282D" w:rsidRDefault="000A1865" w:rsidP="000A1865">
+    <w:p w14:paraId="63F2FF0C" w14:textId="77777777" w:rsidR="000A1865" w:rsidRPr="0024282D" w:rsidRDefault="000A1865" w:rsidP="000A1865">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0024282D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Im Zusammenhang mit der Verwendung Ihrer personenbezogenen Daten haben Sie das Recht auf Auskunft, Richtigstellung, Löschung, Einschränkung der Verarbeitung, Datenübertragung sowie das Recht Beschwerde bei der Datenschutzbehörde zu erheben.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A1865" w:rsidRPr="0024282D" w:rsidRDefault="000A1865" w:rsidP="000A1865">
+    <w:p w14:paraId="7C2F612C" w14:textId="77777777" w:rsidR="000A1865" w:rsidRPr="0024282D" w:rsidRDefault="000A1865" w:rsidP="000A1865">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000A1865" w:rsidRPr="0024282D" w:rsidRDefault="000A1865" w:rsidP="000A1865">
+    <w:p w14:paraId="40AFD1D1" w14:textId="77777777" w:rsidR="000A1865" w:rsidRPr="0024282D" w:rsidRDefault="000A1865" w:rsidP="000A1865">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0024282D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Kontaktdaten des Datenschutzbeauftragten:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A1865" w:rsidRPr="0024282D" w:rsidRDefault="000A1865" w:rsidP="000A1865">
+    <w:p w14:paraId="34110A14" w14:textId="77777777" w:rsidR="000A1865" w:rsidRPr="0024282D" w:rsidRDefault="000A1865" w:rsidP="000A1865">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0024282D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Tel.: 0732 7070, E-Mail: datenschutz@mag.linz.at</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
+    <w:p w14:paraId="0CBC823A" w14:textId="77777777" w:rsidR="000A1865" w:rsidRDefault="000A1865" w:rsidP="000A1865">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="510"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000A1865" w:rsidRPr="00D958B8" w:rsidRDefault="000A1865" w:rsidP="000A1865">
+    <w:p w14:paraId="36DCA032" w14:textId="77777777" w:rsidR="000A1865" w:rsidRPr="00D958B8" w:rsidRDefault="000A1865" w:rsidP="000A1865">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="000A1865" w:rsidRPr="00D958B8" w:rsidSect="00C82171">
-      <w:footerReference w:type="default" r:id="rId8"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="first" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="1701" w:left="1418" w:header="851" w:footer="851" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00CB0BE3" w:rsidRDefault="00CB0BE3">
+    <w:p w14:paraId="606F0F56" w14:textId="77777777" w:rsidR="00BE066F" w:rsidRDefault="00BE066F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00CB0BE3" w:rsidRDefault="00CB0BE3">
+    <w:p w14:paraId="2C8C5DFE" w14:textId="77777777" w:rsidR="00BE066F" w:rsidRDefault="00BE066F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...2 lines deleted...]
-    <w:charset w:val="02"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="variable"/>
-[...12 lines deleted...]
-    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="ZapfDingbats">
+    <w:altName w:val="Symbol"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Webdings">
     <w:panose1 w:val="05030102010509060703"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="004A768D" w:rsidRDefault="00C70280" w:rsidP="00C70280">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0DB90C27" w14:textId="77777777" w:rsidR="004A768D" w:rsidRDefault="00C70280" w:rsidP="00C70280">
     <w:pPr>
       <w:pStyle w:val="CDFuzeileS2"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="009513A3">
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:noProof/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:tab/>
       <w:t>linz.at</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00C70280" w:rsidRPr="00AE6BBA" w:rsidRDefault="00C70280" w:rsidP="00530E8D">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1A6CCE88" w14:textId="77777777" w:rsidR="00C70280" w:rsidRPr="00AE6BBA" w:rsidRDefault="00C70280" w:rsidP="00530E8D">
     <w:pPr>
       <w:pStyle w:val="CDFuzeileS1"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00C70280" w:rsidRPr="00AE6BBA" w:rsidRDefault="00C70280" w:rsidP="00530E8D">
+  <w:p w14:paraId="5B3BF85E" w14:textId="77777777" w:rsidR="00C70280" w:rsidRPr="00AE6BBA" w:rsidRDefault="00C70280" w:rsidP="00530E8D">
     <w:pPr>
       <w:pStyle w:val="CDFuzeileS1"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00C843C9" w:rsidRPr="00AE6BBA" w:rsidRDefault="00C843C9" w:rsidP="00C843C9">
+  <w:p w14:paraId="26B41A7F" w14:textId="77777777" w:rsidR="00C843C9" w:rsidRPr="00AE6BBA" w:rsidRDefault="00C843C9" w:rsidP="00C843C9">
     <w:pPr>
       <w:pStyle w:val="CDFuzeileS1"/>
     </w:pPr>
     <w:r w:rsidRPr="00AE6BBA">
       <w:t>Magistrat der</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00C843C9" w:rsidRPr="00AE6BBA" w:rsidRDefault="00C843C9" w:rsidP="00C843C9">
+  <w:p w14:paraId="666946A3" w14:textId="77777777" w:rsidR="00C843C9" w:rsidRPr="00AE6BBA" w:rsidRDefault="00C843C9" w:rsidP="00C843C9">
     <w:pPr>
       <w:pStyle w:val="CDFuzeileS1"/>
     </w:pPr>
     <w:r w:rsidRPr="00AE6BBA">
       <w:t>Lande</w:t>
     </w:r>
     <w:r>
       <w:t>shauptstadt Linz</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00C843C9" w:rsidRPr="00AE6BBA" w:rsidRDefault="006F6AC9" w:rsidP="00C843C9">
+  <w:p w14:paraId="6FC7C682" w14:textId="77777777" w:rsidR="00C843C9" w:rsidRPr="00AE6BBA" w:rsidRDefault="006F6AC9" w:rsidP="00C843C9">
     <w:pPr>
       <w:pStyle w:val="CDFuzeileS1"/>
     </w:pPr>
     <w:r>
       <w:t>Hauptstraße 1-5</w:t>
     </w:r>
     <w:r w:rsidR="00C843C9">
       <w:tab/>
     </w:r>
     <w:r>
       <w:t>bbv</w:t>
     </w:r>
     <w:r w:rsidR="00C843C9">
       <w:t>@mag.linz.at</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00C70280" w:rsidRPr="006E660F" w:rsidRDefault="00C843C9" w:rsidP="00C843C9">
+  <w:p w14:paraId="5E176DA0" w14:textId="77777777" w:rsidR="00C70280" w:rsidRPr="006E660F" w:rsidRDefault="00C843C9" w:rsidP="00C843C9">
     <w:pPr>
       <w:pStyle w:val="CDFuzeileS1"/>
     </w:pPr>
     <w:r>
       <w:t>4041 Linz</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="002439F1">
       <w:t>+43 732 7070</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="006F6AC9">
       <w:t>3066</w:t>
     </w:r>
     <w:r w:rsidR="00C70280" w:rsidRPr="00AE6BBA">
       <w:tab/>
       <w:t>linz.at</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00CB0BE3" w:rsidRDefault="00CB0BE3">
+    <w:p w14:paraId="0DFD9C75" w14:textId="77777777" w:rsidR="00BE066F" w:rsidRDefault="00BE066F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00CB0BE3" w:rsidRDefault="00CB0BE3">
+    <w:p w14:paraId="0D8EE19E" w14:textId="77777777" w:rsidR="00BE066F" w:rsidRDefault="00BE066F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-[...1 lines deleted...]
-  <w:p w:rsidR="00813AE1" w:rsidRPr="00813AE1" w:rsidRDefault="003B2EBE" w:rsidP="00813AE1">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0AA1AB7F" w14:textId="77777777" w:rsidR="004A768D" w:rsidRDefault="004A768D"/>
+  <w:p w14:paraId="773CD105" w14:textId="77777777" w:rsidR="00813AE1" w:rsidRPr="00813AE1" w:rsidRDefault="003B2EBE" w:rsidP="00813AE1">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="7142"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:before="20"/>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="808080"/>
         <w:spacing w:val="10"/>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003B2EBE">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:noProof/>
         <w:color w:val="808080"/>
         <w:spacing w:val="10"/>
         <w:sz w:val="28"/>
         <w:lang w:eastAsia="de-AT"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659776" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659776" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="2BA22FFF" wp14:editId="08181073">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4653280</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-178435</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1475740" cy="467995"/>
           <wp:effectExtent l="0" t="0" r="0" b="8255"/>
           <wp:wrapNone/>
           <wp:docPr id="147" name="Grafik 147" descr="C:\Users\IKT00108359\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Linz_CD_Logo__Linz.wmf"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 3438" descr="C:\Users\IKT00108359\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Linz_CD_Logo__Linz.wmf"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
@@ -4747,51 +4945,51 @@
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00326B6A">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="808080"/>
         <w:spacing w:val="10"/>
         <w:sz w:val="28"/>
         <w:lang w:eastAsia="de-AT"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="1E3BB1D8" wp14:editId="7322696F">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>360045</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>3564255</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="91440" cy="0"/>
               <wp:effectExtent l="7620" t="11430" r="5715" b="7620"/>
               <wp:wrapNone/>
               <wp:docPr id="2" name="Line 18"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr>
                       <a:cxnSpLocks noChangeShapeType="1"/>
                     </wps:cNvCnPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="91440" cy="0"/>
                       </a:xfrm>
@@ -4818,69 +5016,69 @@
                           <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:effectLst>
                               <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                                 <a:srgbClr val="808080"/>
                               </a:outerShdw>
                             </a:effectLst>
                           </a14:hiddenEffects>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="4386844D" id="Line 18" o:spid="_x0000_s1026" style="position:absolute;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="28.35pt,280.65pt" to="35.55pt,280.65pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBo+Y6ViQIAAGAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v2yAQfp+0/wHx7vpHnMSx6lSt4+yl&#10;2yq1056JwTGaDRaQONG0/30Hjr2me5mm2hLigPv47r47bu9ObYOOTGkuRYbDmwAjJkpJudhn+NvL&#10;1ksw0oYIShopWIbPTOO79ccPt32XskjWsqFMIQAROu27DNfGdKnv67JmLdE3smMCNiupWmLAVHuf&#10;KtIDetv4URAs/F4q2ilZMq1hdTNs4rXDrypWmq9VpZlBTYaBm3GjcuPOjv76lqR7Rbqalxca5D9Y&#10;tIQLuHSC2hBD0EHxv6BaXiqpZWVuStn6sqp4yVwMEE0YvInmuSYdc7FAcnQ3pUm/H2z55fikEKcZ&#10;jjASpAWJHrlgKExsavpOp3AiF0/KBleexHP3KMsfGgmZ10TsmaP4cu7AL7Qe/pWLNXQHF+z6z5LC&#10;GXIw0uXpVKnWQkIG0MnJcZ7kYCeDSlhchXEMmpXjjk/S0a1T2nxiskV2kuEGKDtYcnzUxtIg6XjE&#10;3iLkljeN07oRqAfoeTR3Dlo2nNpNe0yr/S5vFDoSWy3uczHBzutjSh4EdWA1I7S4zA3hzTCHyxth&#10;8ZgrwIERWCcDU7cOAbri+LkKVkVSJLEXR4vCi4PNxrvf5rG32IbL+Wa2yfNN+MsSDeO05pQyYbmO&#10;hRrG/1YIl5YZSmwq1Skp/jW6yx6QvWZ6v50Hy3iWeMvlfObFsyLwHpJt7t3n4WKxLB7yh+IN08JF&#10;r9+H7JRKy0oeDFPPNe0R5Vb+2XwVhRgMaOxoOeiGSLOHF6k0CiMlzXdualertsosxpXWSWD/i9YT&#10;+pCIUUNrTSpcYvuTKtB81Ne1gK36oX92kp6f1Nga0MbO6fLk2HfitQ3z1w/j+jcAAAD//wMAUEsD&#10;BBQABgAIAAAAIQCewpC13AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCQu&#10;05Z2ExsqTScE9MaFwcTVa0xb0Thdk22Fp8eTkOBk2f70+3O+Hl2njjSE1rOBdJaAIq68bbk28PZa&#10;Tm9BhYhssfNMBr4owLq4vMgxs/7EL3TcxFpJCIcMDTQx9pnWoWrIYZj5nlh2H35wGKUdam0HPEm4&#10;6/Q8SZbaYctyocGeHhqqPjcHZyCUW9qX35Nqkrwvak/z/ePzExpzfTXe34GKNMY/GM76og6FOO38&#10;gW1QnYGb5UrIc00XoARYpSmo3e9AF7n+/0HxAwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AGj5jpWJAgAAYAUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAJ7CkLXcAAAACQEAAA8AAAAAAAAAAAAAAAAA4wQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAADsBQAAAAA=&#10;" o:allowincell="f">
+            <v:line w14:anchorId="687DAEE5" id="Line 18" o:spid="_x0000_s1026" style="position:absolute;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="28.35pt,280.65pt" to="35.55pt,280.65pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAF39LXsgEAAFQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L06CdtiMOD2k6y7d&#10;FqDdBzCSbAuTRYFUYufvJ6lxWmy3YT4IpEg+PT7Sm7tpcOJkiC36Rq4WSymMV6it7xr58/nhwycp&#10;OILX4NCbRp4Ny7vt+3ebMdRmjT06bUgkEM/1GBrZxxjqqmLVmwF4gcH4FGyRBojJpa7SBGNCH1y1&#10;Xi4/ViOSDoTKMKfb+5eg3Bb8tjUq/mhbNlG4RiZusZxUzkM+q+0G6o4g9FZdaMA/sBjA+vToFeoe&#10;Iogj2b+gBqsIGdu4UDhU2LZWmdJD6ma1/KObpx6CKb0kcThcZeL/B6u+n3Z+T5m6mvxTeET1i4XH&#10;XQ++M4XA8zmkwa2yVNUYuL6WZIfDnsRh/IY65cAxYlFhamnIkKk/MRWxz1exzRSFSpefVzc3aSJq&#10;jlRQz2WBOH41OIhsNNJZn1WAGk6PHDMNqOeUfO3xwTpXJum8GBP07fq2FDA6q3MwpzF1h50jcYK8&#10;C+UrPaXI2zTCo9cFrDegv1zsCNa92Olx5zOeKet1YTRrkReP6wPq855mwdLoCufLmuXdeOsXWV9/&#10;hu1vAAAA//8DAFBLAwQUAAYACAAAACEAnsKQtdwAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;wU7DMAyG70i8Q2QkLtOWdhMbKk0nBPTGhcHE1WtMW9E4XZNthafHk5DgZNn+9Ptzvh5dp440hNaz&#10;gXSWgCKuvG25NvD2Wk5vQYWIbLHzTAa+KMC6uLzIMbP+xC903MRaSQiHDA00MfaZ1qFqyGGY+Z5Y&#10;dh9+cBilHWptBzxJuOv0PEmW2mHLcqHBnh4aqj43B2cglFval9+TapK8L2pP8/3j8xMac3013t+B&#10;ijTGPxjO+qIOhTjt/IFtUJ2Bm+VKyHNNF6AEWKUpqN3vQBe5/v9B8QMAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQAF39LXsgEAAFQDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQCewpC13AAAAAkBAAAPAAAAAAAAAAAAAAAAAAwEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAFQUAAAAA&#10;" o:allowincell="f">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00326B6A">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="808080"/>
         <w:spacing w:val="10"/>
         <w:sz w:val="28"/>
         <w:lang w:eastAsia="de-AT"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="0A33A97C" wp14:editId="7AF9ABB9">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>360045</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>7129145</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="91440" cy="0"/>
               <wp:effectExtent l="7620" t="13970" r="5715" b="5080"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Line 17"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr>
                       <a:cxnSpLocks noChangeShapeType="1"/>
                     </wps:cNvCnPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="91440" cy="0"/>
                       </a:xfrm>
@@ -4907,146 +5105,597 @@
                           <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:effectLst>
                               <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                                 <a:srgbClr val="808080"/>
                               </a:outerShdw>
                             </a:effectLst>
                           </a14:hiddenEffects>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="3407221F" id="Line 17" o:spid="_x0000_s1026" style="position:absolute;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="28.35pt,561.35pt" to="35.55pt,561.35pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCl9f4ghwIAAGAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1vmzAUfZ+0/2DxToGEfKEmVQtkL91W&#10;qZ327NgmWDM2sp2QaNp/37UJrOlepqmJhPx1j8+951zf3p0agY5MG67kOkhu4gAxSRTlcr8Ovr1s&#10;w2WAjMWSYqEkWwdnZoK7zccPt12bsYmqlaBMIwCRJuvadVBb22ZRZEjNGmxuVMskbFZKN9jCVO8j&#10;qnEH6I2IJnE8jzqlaasVYcbAatFvBhuPX1WM2K9VZZhFYh0AN+u/2n937httbnG217itObnQwP/B&#10;osFcwqUjVIEtRgfN/4JqONHKqMreENVEqqo4YT4HyCaJ32TzXOOW+VygOKYdy2TeD5Z8OT5pxClo&#10;FyCJG5DokUuGkoUrTdeaDE7k8km75MhJPrePivwwSKq8xnLPPMWXcwtxiYuIrkLcxLRwwa77rCic&#10;wQerfJ1OlW4cJFQAnbwc51EOdrKIwOIqSVPQjAw7Ec6GsFYb+4mpBrnBOhBA2cPi46OxjgbOhiPu&#10;Fqm2XAivtZCoA+jZZOYDjBKcuk13zOj9LhcaHbFzi//5nGDn9TGtDpJ6sJphWl7GFnPRj+FyIR0e&#10;8wbsGcHsZGHo1yFBb46fq3hVLstlGqaTeRmmcVGE99s8DefbZDErpkWeF8kvRzRJs5pTyqTjOhg1&#10;Sf/NCJeW6S02WnUsSnSN7qsHZK+Z3m9n8SKdLsPFYjYN02kZhw/LbR7e58l8vigf8ofyDdPSZ2/e&#10;h+xYSsdKHSzTzzXtEOVO/ulsNQH7Ug6NPVn0uiEs9vAiEasDpJX9zm3tvepc5jCutF7G7n/RekTv&#10;CzFo6GajCpfc/pQKNB/09S3gXN/3z07R85MeWgPa2Addnhz3Tryew/j1w7j5DQAA//8DAFBLAwQU&#10;AAYACAAAACEAJkqrmN0AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hIXKYt&#10;bREbKk0nBPTGhcHE1WtMW9E4XZNthV+POSC42e89PX8u1pPr1ZHG0Hk2kC4SUMS1tx03Bl5fqvkN&#10;qBCRLfaeycAnBViX52cF5taf+JmOm9goKeGQo4E2xiHXOtQtOQwLPxCL9+5Hh1HWsdF2xJOUu15n&#10;SbLUDjuWCy0OdN9S/bE5OAOh2tK++prVs+TtqvGU7R+eHtGYy4vp7hZUpCn+heEHX9ChFKadP7AN&#10;qjdwvVxJUvQ0y2SSxCpNQe1+FV0W+v8P5TcAAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;pfX+IIcCAABgBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkqrmN0AAAALAQAADwAAAAAAAAAAAAAAAADhBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAOsFAAAAAA==&#10;" o:allowincell="f">
+            <v:line w14:anchorId="61796ADA" id="Line 17" o:spid="_x0000_s1026" style="position:absolute;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="28.35pt,561.35pt" to="35.55pt,561.35pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAF39LXsgEAAFQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L06CdtiMOD2k6y7d&#10;FqDdBzCSbAuTRYFUYufvJ6lxWmy3YT4IpEg+PT7Sm7tpcOJkiC36Rq4WSymMV6it7xr58/nhwycp&#10;OILX4NCbRp4Ny7vt+3ebMdRmjT06bUgkEM/1GBrZxxjqqmLVmwF4gcH4FGyRBojJpa7SBGNCH1y1&#10;Xi4/ViOSDoTKMKfb+5eg3Bb8tjUq/mhbNlG4RiZusZxUzkM+q+0G6o4g9FZdaMA/sBjA+vToFeoe&#10;Iogj2b+gBqsIGdu4UDhU2LZWmdJD6ma1/KObpx6CKb0kcThcZeL/B6u+n3Z+T5m6mvxTeET1i4XH&#10;XQ++M4XA8zmkwa2yVNUYuL6WZIfDnsRh/IY65cAxYlFhamnIkKk/MRWxz1exzRSFSpefVzc3aSJq&#10;jlRQz2WBOH41OIhsNNJZn1WAGk6PHDMNqOeUfO3xwTpXJum8GBP07fq2FDA6q3MwpzF1h50jcYK8&#10;C+UrPaXI2zTCo9cFrDegv1zsCNa92Olx5zOeKet1YTRrkReP6wPq855mwdLoCufLmuXdeOsXWV9/&#10;hu1vAAAA//8DAFBLAwQUAAYACAAAACEAJkqrmN0AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;QU/DMAyF70j8h8hIXKYtbREbKk0nBPTGhcHE1WtMW9E4XZNthV+POSC42e89PX8u1pPr1ZHG0Hk2&#10;kC4SUMS1tx03Bl5fqvkNqBCRLfaeycAnBViX52cF5taf+JmOm9goKeGQo4E2xiHXOtQtOQwLPxCL&#10;9+5Hh1HWsdF2xJOUu15nSbLUDjuWCy0OdN9S/bE5OAOh2tK++prVs+TtqvGU7R+eHtGYy4vp7hZU&#10;pCn+heEHX9ChFKadP7ANqjdwvVxJUvQ0y2SSxCpNQe1+FV0W+v8P5TcAAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEABd/S17IBAABUAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAJkqrmN0AAAALAQAADwAAAAAAAAAAAAAAAAAMBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;" o:allowincell="f">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w:rsidR="004A768D" w:rsidRPr="00F7681A" w:rsidRDefault="004A768D" w:rsidP="00F7681A">
+  <w:p w14:paraId="732B9B42" w14:textId="77777777" w:rsidR="004A768D" w:rsidRPr="00F7681A" w:rsidRDefault="004A768D" w:rsidP="00F7681A">
     <w:pPr>
       <w:pStyle w:val="KopfLeerraum"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="093D1D60"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="25B4F54C"/>
+    <w:lvl w:ilvl="0" w:tplc="2BA269EE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09F10173"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="F40AAFF0"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="890"/>
         </w:tabs>
         <w:ind w:left="510" w:hanging="340"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="ZapfDingbats" w:hAnsi="ZapfDingbats" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="17A670B6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8C5ACD20"/>
+    <w:lvl w:ilvl="0" w:tplc="0C070001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C070003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C070005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C070001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C070003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C070005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C070001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C070003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C070005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="198C3490"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="8506B6BE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="454"/>
         </w:tabs>
         <w:ind w:left="454" w:hanging="454"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1C3429DA"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0407000F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="413308D9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="336634AC"/>
+    <w:lvl w:ilvl="0" w:tplc="0C070001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="423C37AB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1CF070CC"/>
+    <w:lvl w:ilvl="0" w:tplc="0C070001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C070003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C070005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C070001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C070003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C070005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C070001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C070003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C070005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="43B94980"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="A01A6F9E"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="EinzugPunkt"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="890"/>
         </w:tabs>
         <w:ind w:left="510" w:hanging="340"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4F966335"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="56F2078A"/>
     <w:lvl w:ilvl="0" w:tplc="2D5A2152">
       <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="ZapfDingbats" w:eastAsia="Times New Roman" w:hAnsi="ZapfDingbats" w:cs="Arial" w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5143,51 +5792,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5B86671D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2F089F70"/>
     <w:lvl w:ilvl="0" w:tplc="0C070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5256,261 +5905,307 @@
     <w:lvl w:ilvl="7" w:tplc="0C070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62E25527"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="BF84C6DE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="EinzugNR"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="530"/>
         </w:tabs>
         <w:ind w:left="510" w:hanging="340"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F741700"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="ED8CD728"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="KzlVerborgen"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1533811289">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1142650963">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1068528688">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="233439325">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="962883885">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="6" w16cid:durableId="2009748724">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1175075322">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1250653941">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1956713388">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1706907222">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1009604891">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
-[...5 lines deleted...]
-  <w:num w:numId="5">
+  <w:num w:numId="12" w16cid:durableId="190649238">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6">
-[...5 lines deleted...]
-  <w:num w:numId="8">
+  <w:num w:numId="13" w16cid:durableId="671641482">
     <w:abstractNumId w:val="5"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="5"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-[...1 lines deleted...]
-  <w:attachedTemplate r:id="rId1"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3821" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="NtyCFoheOONAw11yT8oQ1Rx+2uXAt1oaSkVTTOsRhvOozOFijzroDXYoZx2sgnunbqXMWj0fdzCIrry2K1yWVQ==" w:salt="w+G7cAM85sNWUADCb9UlnA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="ebxlA5o2oD2Sr00caTfxmVrgH9vUoKCmPBMhqoTo7Vvuo0pt3gDQPD2HcuTf0zIiFZBtbGShshZ7dCBLAUr/KQ==" w:salt="FvpdH5/VkN6C3BVc2kIG7Q=="/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="170"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145" fillcolor="white">
+    <o:shapedefaults v:ext="edit" spidmax="2050" fillcolor="white">
       <v:fill color="white"/>
       <o:colormru v:ext="edit" colors="#eaeaea,#f7f7f7,#fafafa,#fcc,#fcfcfc,#f9f9f9,#f8f8f8"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F6AC9"/>
     <w:rsid w:val="00011B5E"/>
+    <w:rsid w:val="00040169"/>
+    <w:rsid w:val="00087AFA"/>
     <w:rsid w:val="000A1865"/>
+    <w:rsid w:val="000C5E6F"/>
     <w:rsid w:val="000D0DA0"/>
     <w:rsid w:val="00225BEC"/>
+    <w:rsid w:val="00281A2A"/>
+    <w:rsid w:val="002C28DB"/>
     <w:rsid w:val="00326B6A"/>
+    <w:rsid w:val="00337086"/>
     <w:rsid w:val="003548A2"/>
     <w:rsid w:val="003B235C"/>
     <w:rsid w:val="003B2EBE"/>
     <w:rsid w:val="003D6EFB"/>
     <w:rsid w:val="00414E36"/>
     <w:rsid w:val="0041674B"/>
     <w:rsid w:val="0046373F"/>
     <w:rsid w:val="0048398C"/>
     <w:rsid w:val="004A768D"/>
     <w:rsid w:val="004C5E6D"/>
+    <w:rsid w:val="00670620"/>
     <w:rsid w:val="00670D2A"/>
     <w:rsid w:val="0069662B"/>
     <w:rsid w:val="006D4320"/>
     <w:rsid w:val="006E2BC8"/>
     <w:rsid w:val="006F6AC9"/>
     <w:rsid w:val="007003DD"/>
+    <w:rsid w:val="007016ED"/>
     <w:rsid w:val="00705E6E"/>
     <w:rsid w:val="0071125B"/>
     <w:rsid w:val="00774F4F"/>
+    <w:rsid w:val="00785D65"/>
     <w:rsid w:val="007B37D3"/>
     <w:rsid w:val="00812F96"/>
     <w:rsid w:val="00813AE1"/>
     <w:rsid w:val="00837C73"/>
+    <w:rsid w:val="00843579"/>
     <w:rsid w:val="00876A86"/>
+    <w:rsid w:val="008A5D20"/>
     <w:rsid w:val="008C5D5C"/>
     <w:rsid w:val="008D1AD2"/>
     <w:rsid w:val="008D1B1C"/>
+    <w:rsid w:val="008D5BA1"/>
+    <w:rsid w:val="008F6FAA"/>
     <w:rsid w:val="009513A3"/>
+    <w:rsid w:val="009E2D6A"/>
+    <w:rsid w:val="009F32D3"/>
+    <w:rsid w:val="00A31044"/>
     <w:rsid w:val="00A870BA"/>
+    <w:rsid w:val="00A877B2"/>
     <w:rsid w:val="00A96F4F"/>
     <w:rsid w:val="00AA4E76"/>
     <w:rsid w:val="00AF10B3"/>
+    <w:rsid w:val="00B45DF8"/>
     <w:rsid w:val="00B63BF0"/>
+    <w:rsid w:val="00BC78C9"/>
     <w:rsid w:val="00BD672B"/>
+    <w:rsid w:val="00BE066F"/>
     <w:rsid w:val="00C04ABA"/>
+    <w:rsid w:val="00C1265E"/>
+    <w:rsid w:val="00C34824"/>
     <w:rsid w:val="00C70280"/>
     <w:rsid w:val="00C82171"/>
     <w:rsid w:val="00C83E40"/>
     <w:rsid w:val="00C843C9"/>
     <w:rsid w:val="00C94A14"/>
     <w:rsid w:val="00CA1815"/>
     <w:rsid w:val="00CB0BE3"/>
+    <w:rsid w:val="00CD03E9"/>
+    <w:rsid w:val="00D10BDB"/>
     <w:rsid w:val="00D2022C"/>
     <w:rsid w:val="00D370C5"/>
+    <w:rsid w:val="00DA0782"/>
     <w:rsid w:val="00DA284E"/>
+    <w:rsid w:val="00E05681"/>
     <w:rsid w:val="00E35DC0"/>
     <w:rsid w:val="00E65F37"/>
+    <w:rsid w:val="00E66FCA"/>
     <w:rsid w:val="00E67239"/>
     <w:rsid w:val="00EF1E05"/>
+    <w:rsid w:val="00EF431C"/>
     <w:rsid w:val="00EF5D09"/>
+    <w:rsid w:val="00F21201"/>
     <w:rsid w:val="00F364CD"/>
     <w:rsid w:val="00F51FEE"/>
     <w:rsid w:val="00F66671"/>
+    <w:rsid w:val="00F72171"/>
     <w:rsid w:val="00F7681A"/>
+    <w:rsid w:val="00F811F9"/>
     <w:rsid w:val="00FB6DA5"/>
+    <w:rsid w:val="00FE51B9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-AT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145" fillcolor="white">
+    <o:shapedefaults v:ext="edit" spidmax="2050" fillcolor="white">
       <v:fill color="white"/>
       <o:colormru v:ext="edit" colors="#eaeaea,#f7f7f7,#fafafa,#fcc,#fcfcfc,#f9f9f9,#f8f8f8"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="460C1C74"/>
   <w15:docId w15:val="{E3C4CF12-39CA-4D95-A42C-5E4CCAD8FE5C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-AT" w:eastAsia="de-AT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5831,50 +6526,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="006F6AC9"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="510"/>
         <w:tab w:val="left" w:pos="851"/>
         <w:tab w:val="left" w:pos="1191"/>
       </w:tabs>
       <w:spacing w:line="280" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
       <w:lang w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Flietext"/>
     <w:qFormat/>
     <w:pPr>
@@ -6319,66 +7019,205 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CDFuzeileS2">
     <w:name w:val="CD_Fußzeile_S2"/>
     <w:qFormat/>
     <w:rsid w:val="003B235C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="9637"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="NichtaufgelsteErwhnung">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00040169"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Listenabsatz">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Standard"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00040169"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="181479198">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="392701380">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="422915836">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="761880423">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="823860791">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="870462372">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1815221470">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1933204273">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2099862070">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering"/><Relationship Id="rId10" Target="footer2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer"/><Relationship Id="rId11" Target="fontTable.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable"/><Relationship Id="rId12" Target="theme/theme1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="settings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings"/><Relationship Id="rId4" Target="webSettings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings"/><Relationship Id="rId5" Target="footnotes.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes"/><Relationship Id="rId6" Target="endnotes.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes"/><Relationship Id="rId7" Target="mailto:verkehr.bzva@mag.linz.at" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId8" Target="footer1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer"/><Relationship Id="rId9" Target="header1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering"/><Relationship Id="rId10" Target="mailto:strv.gmt@mag.linz.at" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId11" Target="mailto:verkehr@mag.linz.at" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId12" Target="footer1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer"/><Relationship Id="rId13" Target="header1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header"/><Relationship Id="rId14" Target="footer2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer"/><Relationship Id="rId15" Target="fontTable.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable"/><Relationship Id="rId16" Target="theme/theme1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="settings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings"/><Relationship Id="rId4" Target="webSettings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings"/><Relationship Id="rId5" Target="footnotes.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes"/><Relationship Id="rId6" Target="endnotes.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes"/><Relationship Id="rId7" Target="mailto:bbv@mag.linz.at)." TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId8" Target="mailto:strv.gmt@mag.linz.at" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId9" Target="mailto:verkehr@mag.linz.at" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="media/image1.wmf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
-</file>
-[...1 lines deleted...]
-<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="file://///ugl.linz.at/dataugl/magistrat/cd_neu/05_Word_V/03_LINZ_StammV/Intern-GB.dotx" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6624,70 +7463,70 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Intern-GB.dotx</Template>
+  <Template>NORMAL.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>399</Words>
-  <Characters>2514</Characters>
+  <Words>523</Words>
+  <Characters>3298</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>5</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>27</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>Anzeige Gastgarten</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>IKT Linz GmbH</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2908</CharactersWithSpaces>
+  <CharactersWithSpaces>3814</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>www.linz.at / Service A-Z</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
   <dc:title>Anzeige Gastgarten</dc:title>
 </cp:coreProperties>
 </file>