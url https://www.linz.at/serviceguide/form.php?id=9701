--- v0 (2025-10-15)
+++ v1 (2026-03-21)
@@ -3,779 +3,777 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="image/x-wmf" Extension="wmf"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml" PartName="/word/endnotes.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml" PartName="/word/footnotes.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml" PartName="/word/webSettings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="003548A2" w:rsidRDefault="003548A2"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="003548A2" w:rsidRDefault="003548A2"/>
+    <w:p w14:paraId="5DA3C797" w14:textId="77777777" w:rsidR="003548A2" w:rsidRDefault="003548A2"/>
+    <w:p w14:paraId="6F2CDEB8" w14:textId="77777777" w:rsidR="003548A2" w:rsidRDefault="003548A2"/>
+    <w:p w14:paraId="27692425" w14:textId="77777777" w:rsidR="003548A2" w:rsidRDefault="003548A2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6096"/>
         <w:gridCol w:w="3260"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F6AC9" w:rsidRPr="008A3BC0" w:rsidTr="006F6AC9">
+      <w:tr w:rsidR="006F6AC9" w:rsidRPr="008A3BC0" w14:paraId="1311EF54" w14:textId="77777777" w:rsidTr="006F6AC9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006F6AC9" w:rsidRPr="00A870BA" w:rsidRDefault="006F6AC9" w:rsidP="0039366B">
+          <w:p w14:paraId="079C571E" w14:textId="77777777" w:rsidR="006F6AC9" w:rsidRPr="00A870BA" w:rsidRDefault="006F6AC9" w:rsidP="0039366B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A870BA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Bau- und Bezirksverwaltung</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006F6AC9" w:rsidRPr="00A870BA" w:rsidRDefault="006F6AC9" w:rsidP="0039366B">
+          <w:p w14:paraId="13C6CBCE" w14:textId="77777777" w:rsidR="006F6AC9" w:rsidRPr="00A870BA" w:rsidRDefault="006F6AC9" w:rsidP="0039366B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A870BA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Neues Rathaus</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006F6AC9" w:rsidRPr="00A870BA" w:rsidRDefault="006F6AC9" w:rsidP="0039366B">
+          <w:p w14:paraId="4C855043" w14:textId="77777777" w:rsidR="006F6AC9" w:rsidRPr="00A870BA" w:rsidRDefault="006F6AC9" w:rsidP="0039366B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A870BA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Hauptstraße 1-5</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006F6AC9" w:rsidRDefault="006F6AC9" w:rsidP="0039366B">
+          <w:p w14:paraId="3164FD8C" w14:textId="77777777" w:rsidR="006F6AC9" w:rsidRDefault="006F6AC9" w:rsidP="0039366B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A870BA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>A-4041 Linz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006F6AC9" w:rsidRPr="009D1272" w:rsidRDefault="006F6AC9" w:rsidP="0039366B">
+          <w:p w14:paraId="0A5FAA38" w14:textId="77777777" w:rsidR="006F6AC9" w:rsidRPr="009D1272" w:rsidRDefault="006F6AC9" w:rsidP="0039366B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F6AC9" w:rsidRPr="008A3BC0" w:rsidRDefault="006F6AC9" w:rsidP="006F6AC9">
+    <w:p w14:paraId="321719D8" w14:textId="77777777" w:rsidR="006F6AC9" w:rsidRPr="008A3BC0" w:rsidRDefault="006F6AC9" w:rsidP="006F6AC9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006F6AC9" w:rsidRDefault="006F6AC9" w:rsidP="006F6AC9">
+    <w:p w14:paraId="3B475361" w14:textId="77777777" w:rsidR="006F6AC9" w:rsidRDefault="006F6AC9" w:rsidP="006F6AC9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="006F6AC9">
+    <w:p w14:paraId="3A5676E5" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="006F6AC9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="006F6AC9">
+    <w:p w14:paraId="221C140C" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="006F6AC9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="006F6AC9">
+    <w:p w14:paraId="2A39D692" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="006F6AC9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="006F6AC9">
+    <w:p w14:paraId="07E95A16" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="006F6AC9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="006F6AC9">
+    <w:p w14:paraId="1E31B691" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="006F6AC9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="74359178" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Antrag</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8859" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="496"/>
         <w:gridCol w:w="495"/>
         <w:gridCol w:w="7868"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FE6D88" w:rsidTr="00367028">
+      <w:tr w:rsidR="00FE6D88" w14:paraId="33098EA1" w14:textId="77777777" w:rsidTr="00367028">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="496" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="461A9CA8" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="Kontrollkästchen1"/>
+            <w:bookmarkStart w:id="0" w:name="Kontrollkästchen1"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A03587">
-[...4 lines deleted...]
-            <w:r w:rsidR="00A03587">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="1"/>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8363" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="05F8C0D0" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>auf Baubewilligung nach § 24 O.ö. Bauordnung 1994</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE6D88" w:rsidTr="00367028">
+      <w:tr w:rsidR="00FE6D88" w14:paraId="54D3EE0D" w14:textId="77777777" w:rsidTr="00367028">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="695"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="496" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="10B190A1" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="Kontrollkästchen2"/>
+            <w:bookmarkStart w:id="1" w:name="Kontrollkästchen2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A03587">
-[...4 lines deleted...]
-            <w:r w:rsidR="00A03587">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="2"/>
+            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8363" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRPr="001F342E" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="070637AD" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRPr="001F342E" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>auf</w:t>
             </w:r>
             <w:r w:rsidRPr="001F342E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Bewilligung zur Abweichung vom genehmigten Bauvorhaben </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FE6D88" w:rsidRPr="001F342E" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="14928A65" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRPr="001F342E" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F342E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>nach § 39 Abs. 2 O.ö. Bauordnung 1994</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE6D88" w:rsidTr="00367028">
+      <w:tr w:rsidR="00FE6D88" w14:paraId="4E49A3FD" w14:textId="77777777" w:rsidTr="00367028">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="695"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="496" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="61604CC0" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="495" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRPr="001F342E" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="466D4E65" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRPr="001F342E" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="Kontrollkästchen3"/>
+            <w:bookmarkStart w:id="2" w:name="Kontrollkästchen3"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A03587">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00A03587">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="3"/>
+            <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRPr="001F342E" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="6A656110" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRPr="001F342E" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ohne Bauverhandlung, da der Einwendungsverzicht aller NachbarInnen vorliegt</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="7A250071" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F078"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Zutreffendes ankreuzen</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="788EDF97" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRPr="008B0A81" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="1C249D77" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRPr="008B0A81" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B0A81">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Bitte beachten Sie, dass nur dann eine Bearbeitung gewährleistet werden kann, wenn die mit </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008B0A81">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>„ *</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="008B0A81">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> “ gekennzeichneten Pflichtfelder vollständig ausgefüllt sind.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="43B9B094" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="45B7E925" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:spacing w:line="400" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>AntragstellerIn(nen):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="3B77FFF1" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:spacing w:line="180" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8859" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1488"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="708"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="1701"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FE6D88" w:rsidTr="00367028">
+      <w:tr w:rsidR="00FE6D88" w14:paraId="59C27306" w14:textId="77777777" w:rsidTr="00367028">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="05A28FAE" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Nachname*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="486EB27E" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text45"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="4" w:name="Text45"/>
+            <w:bookmarkStart w:id="3" w:name="Text45"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -790,104 +788,104 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="4"/>
+            <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE6D88" w:rsidTr="00367028">
+      <w:tr w:rsidR="00FE6D88" w14:paraId="462A1B9B" w14:textId="77777777" w:rsidTr="00367028">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="13C39290" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Vorname*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4252" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="50DA4892" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="5" w:name="Text46"/>
+            <w:bookmarkStart w:id="4" w:name="Text46"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -902,79 +900,79 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="611EF3F6" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Akad. Grad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="7B8205EC" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -1010,116 +1008,116 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE6D88" w:rsidTr="00367028">
+      <w:tr w:rsidR="00FE6D88" w14:paraId="34D93BDE" w14:textId="77777777" w:rsidTr="00367028">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="5871E04D" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Straße/Nr. *</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="23B6BF65" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text47"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="Text47"/>
+            <w:bookmarkStart w:id="5" w:name="Text47"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -1134,119 +1132,119 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="6"/>
+            <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE6D88" w:rsidTr="00367028">
+      <w:tr w:rsidR="00FE6D88" w14:paraId="450CDE72" w14:textId="77777777" w:rsidTr="00367028">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="0CDA73A4" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Postleitzahl*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="339312B3" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text48"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="7" w:name="Text48"/>
+            <w:bookmarkStart w:id="6" w:name="Text48"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -1261,89 +1259,89 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="2C4138BE" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Ort*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="5D2A9116" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -1379,117 +1377,117 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE6D88" w:rsidTr="00367028">
+      <w:tr w:rsidR="00FE6D88" w14:paraId="6CC012D8" w14:textId="77777777" w:rsidTr="00367028">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="19BE9302" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Telefon</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4252" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="3F1A742A" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text49"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="Text49"/>
+            <w:bookmarkStart w:id="7" w:name="Text49"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -1504,89 +1502,89 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="74E75130" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Fax</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="692287C9" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -1622,123 +1620,123 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE6D88" w:rsidTr="00367028">
+      <w:tr w:rsidR="00FE6D88" w14:paraId="0AE99732" w14:textId="77777777" w:rsidTr="00367028">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="1F9FC6BB" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">E-Mail </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:sym w:font="Webdings" w:char="F069"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="4F97BAE4" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text50"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="Text50"/>
+            <w:bookmarkStart w:id="8" w:name="Text50"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -1753,215 +1751,215 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="3E5A0EE3" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="1FF9FD5F" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="308" w:hanging="308"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F069"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mit der Angabe Ihrer E-Mail-Adresse ermächtigen Sie den Magistrat, auch auf diesem Weg mit Ihnen Kontakt aufzunehmen.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="5479F65C" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:spacing w:line="180" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Weitere(r) AntragstellerIn(nen):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="65ED00E2" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:spacing w:line="180" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9019" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3898"/>
         <w:gridCol w:w="5121"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FE6D88" w:rsidTr="00367028">
+      <w:tr w:rsidR="00FE6D88" w14:paraId="1A8608E6" w14:textId="77777777" w:rsidTr="00367028">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="5047D9A8" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Nachname, Vorname, Akad. Grad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5121" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="6F75F006" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Straße/Nr., Postleitzahl, Ort, Telefon, Fax, E-Mail</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE6D88" w:rsidTr="00367028">
+      <w:tr w:rsidR="00FE6D88" w14:paraId="43AC40E8" w14:textId="77777777" w:rsidTr="00367028">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="231016A1" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text35"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -2006,51 +2004,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5121" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="3B40E55F" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -2086,66 +2084,66 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE6D88" w:rsidTr="00367028">
+      <w:tr w:rsidR="00FE6D88" w14:paraId="2BD3FEEC" w14:textId="77777777" w:rsidTr="00367028">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="4242E47D" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text36"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -2190,51 +2188,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5121" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="1B4471F2" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text37"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -2271,192 +2269,192 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="7EE76B70" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="0F11A160" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:spacing w:line="140" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Grund(mit)eigentümerIn(nen) des Bauplatzes bzw. der Grundstücke, auf denen das Bauvorhaben ausgeführt werden soll:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="326892C1" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:spacing w:line="180" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9019" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3898"/>
         <w:gridCol w:w="5121"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FE6D88" w:rsidTr="00367028">
+      <w:tr w:rsidR="00FE6D88" w14:paraId="1621EAD0" w14:textId="77777777" w:rsidTr="00367028">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="70D2B666" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Nachname, Vorname*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5121" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="5EAC6169" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Straße/Nr., Postleitzahl, Ort*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE6D88" w:rsidTr="00367028">
+      <w:tr w:rsidR="00FE6D88" w14:paraId="002ADB02" w14:textId="77777777" w:rsidTr="00367028">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="2E39F618" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text35"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="10" w:name="Text35"/>
+            <w:bookmarkStart w:id="9" w:name="Text35"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -2471,64 +2469,64 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5121" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="00A2C9F8" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -2564,85 +2562,85 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE6D88" w:rsidTr="00367028">
+      <w:tr w:rsidR="00FE6D88" w14:paraId="22F93C01" w14:textId="77777777" w:rsidTr="00367028">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="072079C7" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text36"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="11" w:name="Text36"/>
+            <w:bookmarkStart w:id="10" w:name="Text36"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -2657,83 +2655,83 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="11"/>
+            <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5121" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="03EC800E" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text37"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="Text37"/>
+            <w:bookmarkStart w:id="11" w:name="Text37"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -2748,89 +2746,89 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
+            <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE6D88" w:rsidTr="00367028">
+      <w:tr w:rsidR="00FE6D88" w14:paraId="4AAAFD9A" w14:textId="77777777" w:rsidTr="00367028">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="4E7FBE91" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text38"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="13" w:name="Text38"/>
+            <w:bookmarkStart w:id="12" w:name="Text38"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -2845,83 +2843,83 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
+            <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5121" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="15BE901A" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text39"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="14" w:name="Text39"/>
+            <w:bookmarkStart w:id="13" w:name="Text39"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -2936,89 +2934,89 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="14"/>
+            <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE6D88" w:rsidTr="00367028">
+      <w:tr w:rsidR="00FE6D88" w14:paraId="6A46A02C" w14:textId="77777777" w:rsidTr="00367028">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="1CCFD3B7" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text40"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="Text40"/>
+            <w:bookmarkStart w:id="14" w:name="Text40"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -3033,83 +3031,83 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="15"/>
+            <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5121" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="6BF9D3FE" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text41"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="16" w:name="Text41"/>
+            <w:bookmarkStart w:id="15" w:name="Text41"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -3124,89 +3122,89 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
+            <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE6D88" w:rsidTr="00367028">
+      <w:tr w:rsidR="00FE6D88" w14:paraId="18BEB1ED" w14:textId="77777777" w:rsidTr="00367028">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="327B9D37" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text42"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="17" w:name="Text42"/>
+            <w:bookmarkStart w:id="16" w:name="Text42"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -3221,83 +3219,83 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="17"/>
+            <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5121" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="4B4B09AB" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text43"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="Text43"/>
+            <w:bookmarkStart w:id="17" w:name="Text43"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -3312,153 +3310,153 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="18"/>
+            <w:bookmarkEnd w:id="17"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="66BC8B8A" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="6A42210B" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Bauort:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="05FAA321" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:spacing w:line="180" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8859" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2622"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1701"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FE6D88" w:rsidTr="00367028">
+      <w:tr w:rsidR="00FE6D88" w14:paraId="274EF365" w14:textId="77777777" w:rsidTr="00367028">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="7B50CD53" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Straße/Nr.*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="65E1ED06" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -3494,90 +3492,90 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE6D88" w:rsidTr="00367028">
+      <w:tr w:rsidR="00FE6D88" w14:paraId="7BBC89B3" w14:textId="77777777" w:rsidTr="00367028">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="1ADC38F8" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Postleitzahl*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="0D823C51" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -3622,76 +3620,76 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="5850A812" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Ort*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="294CA0AB" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -3727,111 +3725,111 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE6D88" w:rsidTr="00367028">
+      <w:tr w:rsidR="00FE6D88" w14:paraId="2BD8BF41" w14:textId="77777777" w:rsidTr="00367028">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="0AFB801B" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Katastralgemeinde*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="6D6E4AD2" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="19" w:name="Text29"/>
+            <w:bookmarkStart w:id="18" w:name="Text29"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -3846,109 +3844,109 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="19"/>
+            <w:bookmarkEnd w:id="18"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="3B395147" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Einlagezahl*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="20EFD55B" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="20" w:name="Text44"/>
+            <w:bookmarkStart w:id="19" w:name="Text44"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -3963,115 +3961,115 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="20"/>
+            <w:bookmarkEnd w:id="19"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE6D88" w:rsidTr="00367028">
+      <w:tr w:rsidR="00FE6D88" w14:paraId="066B1E2A" w14:textId="77777777" w:rsidTr="00367028">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="609"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="352DE71F" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Grundstücksnummer/n*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="3D08672E" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text30"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="Text30"/>
+            <w:bookmarkStart w:id="20" w:name="Text30"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -4086,127 +4084,127 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="21"/>
+            <w:bookmarkEnd w:id="20"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="5670EB8D" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="45096633" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Bezeichnung des Bauvorhabens bzw. der beabsichtigten </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Planänderungen:*</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="14A29489" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:spacing w:line="180" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8859" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8859"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FE6D88" w:rsidTr="00367028">
+      <w:tr w:rsidR="00FE6D88" w14:paraId="0F333EC4" w14:textId="77777777" w:rsidTr="00367028">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="2073"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8859" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="3C2915B9" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -4244,179 +4242,179 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="3BFB8F8A" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="3CBE6CA9" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="705B6CD4" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>PlanverfasserIn:*</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="7E6AEE42" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:spacing w:line="180" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8859" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1461"/>
         <w:gridCol w:w="1161"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="2306"/>
         <w:gridCol w:w="1061"/>
         <w:gridCol w:w="2161"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FE6D88" w:rsidTr="00367028">
+      <w:tr w:rsidR="00FE6D88" w14:paraId="2284720C" w14:textId="77777777" w:rsidTr="00367028">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1461" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="674353E2" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7398" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="1CF5F353" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="22" w:name="Text27"/>
+            <w:bookmarkStart w:id="21" w:name="Text27"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -4431,96 +4429,96 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="22"/>
+            <w:bookmarkEnd w:id="21"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE6D88" w:rsidTr="00367028">
+      <w:tr w:rsidR="00FE6D88" w14:paraId="2B471CD2" w14:textId="77777777" w:rsidTr="00367028">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="4E18075B" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Straße/Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7398" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="0ADF1577" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text14"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -4551,95 +4549,95 @@
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE6D88" w:rsidTr="00367028">
+      <w:tr w:rsidR="00FE6D88" w14:paraId="5A2F89BD" w14:textId="77777777" w:rsidTr="00367028">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1461" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="62296CAB" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Postleitzahl</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="6A3AC7CA" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -4684,76 +4682,76 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="6C0F9142" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Ort</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="2C447B00" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -4789,97 +4787,97 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE6D88" w:rsidTr="00367028">
+      <w:tr w:rsidR="00FE6D88" w14:paraId="300F14D1" w14:textId="77777777" w:rsidTr="00367028">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="6CC3F039" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Telefon</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4176" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="33E3AF5F" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -4924,75 +4922,75 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1061" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="40CBA24F" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Fax</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="5F1E7F86" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -5028,103 +5026,103 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE6D88" w:rsidTr="00367028">
+      <w:tr w:rsidR="00FE6D88" w14:paraId="49E5441F" w14:textId="77777777" w:rsidTr="00367028">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="4D9E674C" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">E-Mail </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:sym w:font="Webdings" w:char="F069"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7398" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="50EDB27D" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -5161,183 +5159,183 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="7B732383" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="0B265905" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="308" w:hanging="308"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F069"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mit der Angabe Ihrer E-Mail-Adresse ermächtigen Sie den Magistrat, auch auf diesem Weg mit Ihnen Kontakt aufzunehmen.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="5931D52E" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="67CC20AC" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="1D0E53F5" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:spacing w:line="380" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>BauführerIn:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="49B79FF1" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:spacing w:line="180" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8814" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1461"/>
         <w:gridCol w:w="1161"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="2306"/>
         <w:gridCol w:w="529"/>
         <w:gridCol w:w="2648"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FE6D88" w:rsidTr="00367028">
+      <w:tr w:rsidR="00FE6D88" w14:paraId="5954A223" w14:textId="77777777" w:rsidTr="00367028">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1461" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="247FB466" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7353" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="52386A58" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -5373,92 +5371,92 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE6D88" w:rsidTr="00367028">
+      <w:tr w:rsidR="00FE6D88" w14:paraId="68800B11" w14:textId="77777777" w:rsidTr="00367028">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="1EDCEF56" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Straße/Nr. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7353" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="1CD668D2" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text14"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -5489,95 +5487,95 @@
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE6D88" w:rsidTr="00367028">
+      <w:tr w:rsidR="00FE6D88" w14:paraId="7A47D982" w14:textId="77777777" w:rsidTr="00367028">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1461" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="13356FA8" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Postleitzahl</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="040949C4" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -5622,76 +5620,76 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="735F8D7C" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Ort</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5483" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="33C3D179" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -5727,97 +5725,97 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE6D88" w:rsidTr="00367028">
+      <w:tr w:rsidR="00FE6D88" w14:paraId="3CA7995B" w14:textId="77777777" w:rsidTr="00367028">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="3170462A" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Telefon</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4176" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="3B408F80" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -5862,75 +5860,75 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="36CDFDF6" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Fax</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="1794A5C1" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -5966,103 +5964,103 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE6D88" w:rsidTr="00367028">
+      <w:tr w:rsidR="00FE6D88" w14:paraId="30BEAE46" w14:textId="77777777" w:rsidTr="00367028">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="04B31366" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">E-Mail </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:sym w:font="Webdings" w:char="F069"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7353" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
+          <w:p w14:paraId="64FBF3A3" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -6099,792 +6097,768 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="1E308926" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="470A48DA" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="308" w:hanging="308"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F069"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mit der Angabe Ihrer E-Mail-Adresse ermächtigen Sie den Magistrat, auch auf diesem Weg mit Ihnen Kontakt aufzunehmen.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="7099A90F" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="51F7AACB" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="256021D0" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="73FDE9E6" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="6F030560" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="61F23892" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="24712D41" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="24E1E5E4" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>________________________________    ___________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="093D160D" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="0783A95F" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1191"/>
           <w:tab w:val="left" w:pos="4111"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Datum, Unterschrift AntragstellerIn(nen)*</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t>Datum, Unterschrift GrundeigentümerIn(nen)*</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="61056146" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88">
+    <w:p w14:paraId="2671AA60" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="510"/>
           <w:tab w:val="clear" w:pos="851"/>
           <w:tab w:val="clear" w:pos="1191"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="71A1E696" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="6B17EDCB" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F069"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Hinweis:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="100A74C4" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="7C2E4BF5" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Dem Ansuchen sind folgende Unterlagen anzuschließen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="1724DE28" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="7C6B6A96" w14:textId="1A11C740" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="510"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t>Baubeschreibung (3</w:t>
+        <w:t>Baubeschreibung (</w:t>
+      </w:r>
+      <w:r w:rsidR="00833A4E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00B80360">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>fach)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> mit Unterschrift des (der) AntragstellerIn(nen), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:br/>
         <w:t>des (der) GrundeigentümerIn(nen) und des (der) PlanverfasserIn</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="3FE4F653" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="510"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="4DCAB57A" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="510"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B80360">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Energieausweis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>: beim (bei der) PlanverfasserIn anzufordern</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="74A0F5AA" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="510"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="5DFD6D9F" w14:textId="3715ABAE" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="510"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t>Lageplan im Maßstab 1:1000 (3</w:t>
+        <w:t>Lageplan im Maßstab 1:1000 (</w:t>
+      </w:r>
+      <w:r w:rsidR="00833A4E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00B80360">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>fach)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> mit eingezeichneter Lage des Bauvorhabens: erhältlich im Bundesvermessungsamt, Prunerstr. 5, 4020 Linz</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="5E635822" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="510"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="2438F55B" w14:textId="55680C59" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="510"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t>Bauplan (3</w:t>
+        <w:t>Bauplan (</w:t>
+      </w:r>
+      <w:r w:rsidR="00833A4E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00B80360">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>fach)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> mit Unterschrift des (der) AntragstellerIn(nen), des (der) Grund-eigentümerIn(nen), des (der) PlanverfasserIn bzw. des (der) BauführerIn</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="38297834" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="510"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
-[...34 lines deleted...]
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="6B4291AE" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="510"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
-[...9 lines deleted...]
-    <w:p w:rsidR="00FE6D88" w:rsidRPr="00D02583" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="73DBB16D" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRPr="00D02583" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D02583">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Informationen zur Adresse und Beschild</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>er</w:t>
       </w:r>
       <w:r w:rsidRPr="00D02583">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>ung:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="4E328E1F" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="048307EB" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Adresszuteilungen erfolgen über die Abteilung PTU/Vermessung und Geoinformation – Tel.: 0732 7070/3456, E-Mail: </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidRPr="005C0070">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
           </w:rPr>
           <w:t>PTU-GEO@mag.linz.at</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="31D36EE1" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRPr="0070605E" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="17518389" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRPr="0070605E" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Organisation der Hausnummertafel erfolgt verordnungskonform über die Stadt Linz. Ein gesondertes Informationsschreiben ergeht im Zuge der Adresszuteilung an die/den AntragstellerIn. Individuelle Tafeln sind ungültig. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="2D2FD16C" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="510"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="1E81EDFC" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="510"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRPr="008B0A81" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="7993968A" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRPr="008B0A81" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B0A81">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Informationen zum Datenschutz:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRPr="008B0A81" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="2E031C9A" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRPr="008B0A81" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRPr="008B0A81" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="486D0C26" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRPr="008B0A81" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B0A81">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Die von Ihnen bekanntgegebenen Daten werden</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRPr="008B0A81" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="1A77DD3B" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRPr="008B0A81" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="510"/>
           <w:tab w:val="clear" w:pos="851"/>
           <w:tab w:val="clear" w:pos="1191"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B0A81">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>im Rahmen des konkreten Verfahrens und der gesetzlichen Zulässigkeit an sonstige Verfahrensbeteiligte weitergegeben.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRPr="008B0A81" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="036EE898" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRPr="008B0A81" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="510"/>
           <w:tab w:val="clear" w:pos="851"/>
           <w:tab w:val="clear" w:pos="1191"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B0A81">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>im Magistrat Linz über einen Zeitraum von 10 Jahren nach Abschluss des Verfahrens gespeichert.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRPr="008B0A81" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="50DDBF9F" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRPr="008B0A81" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B0A81">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Im Zusammenhang mit der Verwendung Ihrer personenbezogenen Daten haben Sie das Recht auf Auskunft, Richtigstellung, Löschung, Einschränkung der Verarbeitung, Datenübertragung sowie das Recht Beschwerde bei der Datenschutzbehörde zu erheben.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRPr="008B0A81" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="660D1DA3" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRPr="008B0A81" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRPr="008B0A81" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="2036DF1E" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRPr="008B0A81" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B0A81">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Kontaktdaten des Datenschutzbeauftragten:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRPr="008B0A81" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
+    <w:p w14:paraId="741A40C3" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRPr="008B0A81" w:rsidRDefault="00FE6D88" w:rsidP="00FE6D88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B0A81">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Tel.: 0732 7070, E-Mail: datenschutz@mag.linz.at</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="006F6AC9">
+    <w:p w14:paraId="2E3361E4" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="006F6AC9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="006F6AC9">
+    <w:p w14:paraId="043F34C9" w14:textId="77777777" w:rsidR="00FE6D88" w:rsidRDefault="00FE6D88" w:rsidP="006F6AC9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00FE6D88" w:rsidSect="00C82171">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="1701" w:left="1418" w:header="851" w:footer="851" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00CB0BE3" w:rsidRDefault="00CB0BE3">
+    <w:p w14:paraId="3BC9224C" w14:textId="77777777" w:rsidR="00B65E29" w:rsidRDefault="00B65E29">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00CB0BE3" w:rsidRDefault="00CB0BE3">
+    <w:p w14:paraId="593C45BB" w14:textId="77777777" w:rsidR="00B65E29" w:rsidRDefault="00B65E29">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="ZapfDingbats">
     <w:altName w:val="Symbol"/>
     <w:charset w:val="02"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -6902,234 +6876,234 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Webdings">
     <w:panose1 w:val="05030102010509060703"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="004A768D" w:rsidRDefault="00C70280" w:rsidP="00C70280">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="09F2D4EC" w14:textId="77777777" w:rsidR="004A768D" w:rsidRDefault="00C70280" w:rsidP="00C70280">
     <w:pPr>
       <w:pStyle w:val="CDFuzeileS2"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00A03587">
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:noProof/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:tab/>
       <w:t>linz.at</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00C70280" w:rsidRPr="00AE6BBA" w:rsidRDefault="00C70280" w:rsidP="00530E8D">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4A3B10CB" w14:textId="77777777" w:rsidR="00C70280" w:rsidRPr="00AE6BBA" w:rsidRDefault="00C70280" w:rsidP="00530E8D">
     <w:pPr>
       <w:pStyle w:val="CDFuzeileS1"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00C70280" w:rsidRPr="00AE6BBA" w:rsidRDefault="00C70280" w:rsidP="00530E8D">
+  <w:p w14:paraId="570020D3" w14:textId="77777777" w:rsidR="00C70280" w:rsidRPr="00AE6BBA" w:rsidRDefault="00C70280" w:rsidP="00530E8D">
     <w:pPr>
       <w:pStyle w:val="CDFuzeileS1"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00C843C9" w:rsidRPr="00AE6BBA" w:rsidRDefault="00C843C9" w:rsidP="00C843C9">
+  <w:p w14:paraId="3AF819C4" w14:textId="77777777" w:rsidR="00C843C9" w:rsidRPr="00AE6BBA" w:rsidRDefault="00C843C9" w:rsidP="00C843C9">
     <w:pPr>
       <w:pStyle w:val="CDFuzeileS1"/>
     </w:pPr>
     <w:r w:rsidRPr="00AE6BBA">
       <w:t>Magistrat der</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00C843C9" w:rsidRPr="00AE6BBA" w:rsidRDefault="00C843C9" w:rsidP="00C843C9">
+  <w:p w14:paraId="5B01493F" w14:textId="77777777" w:rsidR="00C843C9" w:rsidRPr="00AE6BBA" w:rsidRDefault="00C843C9" w:rsidP="00C843C9">
     <w:pPr>
       <w:pStyle w:val="CDFuzeileS1"/>
     </w:pPr>
     <w:r w:rsidRPr="00AE6BBA">
       <w:t>Lande</w:t>
     </w:r>
     <w:r>
       <w:t>shauptstadt Linz</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00C843C9" w:rsidRPr="00AE6BBA" w:rsidRDefault="006F6AC9" w:rsidP="00C843C9">
+  <w:p w14:paraId="5B63D5F2" w14:textId="77777777" w:rsidR="00C843C9" w:rsidRPr="00AE6BBA" w:rsidRDefault="006F6AC9" w:rsidP="00C843C9">
     <w:pPr>
       <w:pStyle w:val="CDFuzeileS1"/>
     </w:pPr>
     <w:r>
       <w:t>Hauptstraße 1-5</w:t>
     </w:r>
     <w:r w:rsidR="00C843C9">
       <w:tab/>
     </w:r>
     <w:r>
       <w:t>bbv</w:t>
     </w:r>
     <w:r w:rsidR="00C843C9">
       <w:t>@mag.linz.at</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00C70280" w:rsidRPr="006E660F" w:rsidRDefault="00C843C9" w:rsidP="00C843C9">
+  <w:p w14:paraId="20137983" w14:textId="77777777" w:rsidR="00C70280" w:rsidRPr="006E660F" w:rsidRDefault="00C843C9" w:rsidP="00C843C9">
     <w:pPr>
       <w:pStyle w:val="CDFuzeileS1"/>
     </w:pPr>
     <w:r>
       <w:t>4041 Linz</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="002439F1">
       <w:t>+43 732 7070</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="006F6AC9">
       <w:t>3066</w:t>
     </w:r>
     <w:r w:rsidR="00C70280" w:rsidRPr="00AE6BBA">
       <w:tab/>
       <w:t>linz.at</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00CB0BE3" w:rsidRDefault="00CB0BE3">
+    <w:p w14:paraId="1B833EF4" w14:textId="77777777" w:rsidR="00B65E29" w:rsidRDefault="00B65E29">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00CB0BE3" w:rsidRDefault="00CB0BE3">
+    <w:p w14:paraId="0FC37156" w14:textId="77777777" w:rsidR="00B65E29" w:rsidRDefault="00B65E29">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-[...1 lines deleted...]
-  <w:p w:rsidR="00813AE1" w:rsidRPr="00813AE1" w:rsidRDefault="003B2EBE" w:rsidP="00813AE1">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="63066A37" w14:textId="77777777" w:rsidR="004A768D" w:rsidRDefault="004A768D"/>
+  <w:p w14:paraId="0825A729" w14:textId="77777777" w:rsidR="00813AE1" w:rsidRPr="00813AE1" w:rsidRDefault="003B2EBE" w:rsidP="00813AE1">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="7142"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:before="20"/>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="808080"/>
         <w:spacing w:val="10"/>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003B2EBE">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:noProof/>
         <w:color w:val="808080"/>
         <w:spacing w:val="10"/>
         <w:sz w:val="28"/>
         <w:lang w:eastAsia="de-AT"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659776" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659776" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="4FCA8F2D" wp14:editId="28E38D70">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4653280</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-178435</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1475740" cy="467995"/>
           <wp:effectExtent l="0" t="0" r="0" b="8255"/>
           <wp:wrapNone/>
           <wp:docPr id="147" name="Grafik 147" descr="C:\Users\IKT00108359\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Linz_CD_Logo__Linz.wmf"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 3438" descr="C:\Users\IKT00108359\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Linz_CD_Logo__Linz.wmf"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
@@ -7158,51 +7132,51 @@
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00326B6A">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="808080"/>
         <w:spacing w:val="10"/>
         <w:sz w:val="28"/>
         <w:lang w:eastAsia="de-AT"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="3CB5BE3B" wp14:editId="234FAE49">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>360045</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>3564255</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="91440" cy="0"/>
               <wp:effectExtent l="7620" t="11430" r="5715" b="7620"/>
               <wp:wrapNone/>
               <wp:docPr id="2" name="Line 18"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr>
                       <a:cxnSpLocks noChangeShapeType="1"/>
                     </wps:cNvCnPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="91440" cy="0"/>
                       </a:xfrm>
@@ -7247,51 +7221,51 @@
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:line w14:anchorId="4386844D" id="Line 18" o:spid="_x0000_s1026" style="position:absolute;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="28.35pt,280.65pt" to="35.55pt,280.65pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBo+Y6ViQIAAGAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v2yAQfp+0/wHx7vpHnMSx6lSt4+yl&#10;2yq1056JwTGaDRaQONG0/30Hjr2me5mm2hLigPv47r47bu9ObYOOTGkuRYbDmwAjJkpJudhn+NvL&#10;1ksw0oYIShopWIbPTOO79ccPt32XskjWsqFMIQAROu27DNfGdKnv67JmLdE3smMCNiupWmLAVHuf&#10;KtIDetv4URAs/F4q2ilZMq1hdTNs4rXDrypWmq9VpZlBTYaBm3GjcuPOjv76lqR7Rbqalxca5D9Y&#10;tIQLuHSC2hBD0EHxv6BaXiqpZWVuStn6sqp4yVwMEE0YvInmuSYdc7FAcnQ3pUm/H2z55fikEKcZ&#10;jjASpAWJHrlgKExsavpOp3AiF0/KBleexHP3KMsfGgmZ10TsmaP4cu7AL7Qe/pWLNXQHF+z6z5LC&#10;GXIw0uXpVKnWQkIG0MnJcZ7kYCeDSlhchXEMmpXjjk/S0a1T2nxiskV2kuEGKDtYcnzUxtIg6XjE&#10;3iLkljeN07oRqAfoeTR3Dlo2nNpNe0yr/S5vFDoSWy3uczHBzutjSh4EdWA1I7S4zA3hzTCHyxth&#10;8ZgrwIERWCcDU7cOAbri+LkKVkVSJLEXR4vCi4PNxrvf5rG32IbL+Wa2yfNN+MsSDeO05pQyYbmO&#10;hRrG/1YIl5YZSmwq1Skp/jW6yx6QvWZ6v50Hy3iWeMvlfObFsyLwHpJt7t3n4WKxLB7yh+IN08JF&#10;r9+H7JRKy0oeDFPPNe0R5Vb+2XwVhRgMaOxoOeiGSLOHF6k0CiMlzXdualertsosxpXWSWD/i9YT&#10;+pCIUUNrTSpcYvuTKtB81Ne1gK36oX92kp6f1Nga0MbO6fLk2HfitQ3z1w/j+jcAAAD//wMAUEsD&#10;BBQABgAIAAAAIQCewpC13AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCQu&#10;05Z2ExsqTScE9MaFwcTVa0xb0Thdk22Fp8eTkOBk2f70+3O+Hl2njjSE1rOBdJaAIq68bbk28PZa&#10;Tm9BhYhssfNMBr4owLq4vMgxs/7EL3TcxFpJCIcMDTQx9pnWoWrIYZj5nlh2H35wGKUdam0HPEm4&#10;6/Q8SZbaYctyocGeHhqqPjcHZyCUW9qX35Nqkrwvak/z/ePzExpzfTXe34GKNMY/GM76og6FOO38&#10;gW1QnYGb5UrIc00XoARYpSmo3e9AF7n+/0HxAwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AGj5jpWJAgAAYAUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAJ7CkLXcAAAACQEAAA8AAAAAAAAAAAAAAAAA4wQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAADsBQAAAAA=&#10;" o:allowincell="f">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00326B6A">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="808080"/>
         <w:spacing w:val="10"/>
         <w:sz w:val="28"/>
         <w:lang w:eastAsia="de-AT"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="42DDD99F" wp14:editId="53F27DF4">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>360045</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>7129145</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="91440" cy="0"/>
               <wp:effectExtent l="7620" t="13970" r="5715" b="5080"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Line 17"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr>
                       <a:cxnSpLocks noChangeShapeType="1"/>
                     </wps:cNvCnPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="91440" cy="0"/>
                       </a:xfrm>
@@ -7326,60 +7300,60 @@
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:line w14:anchorId="3407221F" id="Line 17" o:spid="_x0000_s1026" style="position:absolute;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="28.35pt,561.35pt" to="35.55pt,561.35pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCl9f4ghwIAAGAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1vmzAUfZ+0/2DxToGEfKEmVQtkL91W&#10;qZ327NgmWDM2sp2QaNp/37UJrOlepqmJhPx1j8+951zf3p0agY5MG67kOkhu4gAxSRTlcr8Ovr1s&#10;w2WAjMWSYqEkWwdnZoK7zccPt12bsYmqlaBMIwCRJuvadVBb22ZRZEjNGmxuVMskbFZKN9jCVO8j&#10;qnEH6I2IJnE8jzqlaasVYcbAatFvBhuPX1WM2K9VZZhFYh0AN+u/2n937httbnG217itObnQwP/B&#10;osFcwqUjVIEtRgfN/4JqONHKqMreENVEqqo4YT4HyCaJ32TzXOOW+VygOKYdy2TeD5Z8OT5pxClo&#10;FyCJG5DokUuGkoUrTdeaDE7k8km75MhJPrePivwwSKq8xnLPPMWXcwtxiYuIrkLcxLRwwa77rCic&#10;wQerfJ1OlW4cJFQAnbwc51EOdrKIwOIqSVPQjAw7Ec6GsFYb+4mpBrnBOhBA2cPi46OxjgbOhiPu&#10;Fqm2XAivtZCoA+jZZOYDjBKcuk13zOj9LhcaHbFzi//5nGDn9TGtDpJ6sJphWl7GFnPRj+FyIR0e&#10;8wbsGcHsZGHo1yFBb46fq3hVLstlGqaTeRmmcVGE99s8DefbZDErpkWeF8kvRzRJs5pTyqTjOhg1&#10;Sf/NCJeW6S02WnUsSnSN7qsHZK+Z3m9n8SKdLsPFYjYN02kZhw/LbR7e58l8vigf8ofyDdPSZ2/e&#10;h+xYSsdKHSzTzzXtEOVO/ulsNQH7Ug6NPVn0uiEs9vAiEasDpJX9zm3tvepc5jCutF7G7n/RekTv&#10;CzFo6GajCpfc/pQKNB/09S3gXN/3z07R85MeWgPa2Addnhz3Tryew/j1w7j5DQAA//8DAFBLAwQU&#10;AAYACAAAACEAJkqrmN0AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hIXKYt&#10;bREbKk0nBPTGhcHE1WtMW9E4XZNthV+POSC42e89PX8u1pPr1ZHG0Hk2kC4SUMS1tx03Bl5fqvkN&#10;qBCRLfaeycAnBViX52cF5taf+JmOm9goKeGQo4E2xiHXOtQtOQwLPxCL9+5Hh1HWsdF2xJOUu15n&#10;SbLUDjuWCy0OdN9S/bE5OAOh2tK++prVs+TtqvGU7R+eHtGYy4vp7hZUpCn+heEHX9ChFKadP7AN&#10;qjdwvVxJUvQ0y2SSxCpNQe1+FV0W+v8P5TcAAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;pfX+IIcCAABgBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkqrmN0AAAALAQAADwAAAAAAAAAAAAAAAADhBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAOsFAAAAAA==&#10;" o:allowincell="f">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w:rsidR="004A768D" w:rsidRPr="00F7681A" w:rsidRDefault="004A768D" w:rsidP="00F7681A">
+  <w:p w14:paraId="278A87F1" w14:textId="77777777" w:rsidR="004A768D" w:rsidRPr="00F7681A" w:rsidRDefault="004A768D" w:rsidP="00F7681A">
     <w:pPr>
       <w:pStyle w:val="KopfLeerraum"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09F10173"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="F40AAFF0"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="890"/>
         </w:tabs>
         <w:ind w:left="510" w:hanging="340"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="ZapfDingbats" w:hAnsi="ZapfDingbats" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="198C3490"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="8506B6BE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
@@ -7706,226 +7680,236 @@
         <w:ind w:left="510" w:hanging="340"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F741700"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="ED8CD728"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="KzlVerborgen"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="2029283822">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1109929145">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1991130781">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1220674542">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1434133767">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1558126730">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="815221724">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="512450238">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="27726266">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="5"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="121"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3821" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="DwwyqLVDvLv/0YZlpQ+w4u2qfFwLy4cpDryGB8krOUTvGwLlSQeRrSKQ9Y1NsJaSI/iWsybeOedenHxwmHX0Ug==" w:salt="33/05rfOzd2T1x1JFJbmrw=="/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="pEvkVH+E+xCWgtundsUi7cJ5Wnogn8ECgQMmKMoKqzl/rXzesDcjSn81kekBu8Vem8Dteisfp1xdrhacvDDn4Q==" w:salt="9v1/x2tlRwYH3x+c64IT7Q=="/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="170"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193" fillcolor="white">
+    <o:shapedefaults v:ext="edit" spidmax="2050" fillcolor="white">
       <v:fill color="white"/>
       <o:colormru v:ext="edit" colors="#eaeaea,#f7f7f7,#fafafa,#fcc,#fcfcfc,#f9f9f9,#f8f8f8"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F6AC9"/>
     <w:rsid w:val="00011B5E"/>
     <w:rsid w:val="000D0DA0"/>
     <w:rsid w:val="00225BEC"/>
     <w:rsid w:val="002310F3"/>
+    <w:rsid w:val="002E484E"/>
     <w:rsid w:val="00326B6A"/>
     <w:rsid w:val="003548A2"/>
     <w:rsid w:val="003B235C"/>
     <w:rsid w:val="003B2EBE"/>
     <w:rsid w:val="003D6EFB"/>
     <w:rsid w:val="00414E36"/>
     <w:rsid w:val="0041674B"/>
     <w:rsid w:val="0046373F"/>
     <w:rsid w:val="0048398C"/>
+    <w:rsid w:val="004A49AC"/>
     <w:rsid w:val="004A768D"/>
     <w:rsid w:val="004C5E6D"/>
     <w:rsid w:val="00625DC6"/>
     <w:rsid w:val="00670D2A"/>
     <w:rsid w:val="0069662B"/>
     <w:rsid w:val="006D4320"/>
     <w:rsid w:val="006E2BC8"/>
     <w:rsid w:val="006F6AC9"/>
     <w:rsid w:val="007003DD"/>
     <w:rsid w:val="00705E6E"/>
     <w:rsid w:val="0071125B"/>
+    <w:rsid w:val="00747DA1"/>
     <w:rsid w:val="00774F4F"/>
     <w:rsid w:val="007B37D3"/>
     <w:rsid w:val="00812F96"/>
     <w:rsid w:val="00813AE1"/>
+    <w:rsid w:val="00833A4E"/>
     <w:rsid w:val="00837C73"/>
+    <w:rsid w:val="008651A7"/>
     <w:rsid w:val="00876A86"/>
     <w:rsid w:val="008C5D5C"/>
     <w:rsid w:val="008D1AD2"/>
     <w:rsid w:val="008D1B1C"/>
     <w:rsid w:val="00A03587"/>
     <w:rsid w:val="00A870BA"/>
     <w:rsid w:val="00A96F4F"/>
     <w:rsid w:val="00AA4E76"/>
     <w:rsid w:val="00AF10B3"/>
     <w:rsid w:val="00B63BF0"/>
+    <w:rsid w:val="00B65E29"/>
     <w:rsid w:val="00BD672B"/>
     <w:rsid w:val="00C04ABA"/>
     <w:rsid w:val="00C165B3"/>
     <w:rsid w:val="00C70280"/>
     <w:rsid w:val="00C82171"/>
     <w:rsid w:val="00C83E40"/>
     <w:rsid w:val="00C843C9"/>
     <w:rsid w:val="00C94A14"/>
     <w:rsid w:val="00CA1815"/>
     <w:rsid w:val="00CB0BE3"/>
     <w:rsid w:val="00D2022C"/>
     <w:rsid w:val="00D370C5"/>
     <w:rsid w:val="00DA284E"/>
+    <w:rsid w:val="00DC2B83"/>
     <w:rsid w:val="00E35DC0"/>
     <w:rsid w:val="00E65F37"/>
     <w:rsid w:val="00E67239"/>
+    <w:rsid w:val="00E77D86"/>
     <w:rsid w:val="00EF1E05"/>
     <w:rsid w:val="00EF5D09"/>
     <w:rsid w:val="00F364CD"/>
     <w:rsid w:val="00F51FEE"/>
+    <w:rsid w:val="00F57889"/>
     <w:rsid w:val="00F66671"/>
     <w:rsid w:val="00F7681A"/>
     <w:rsid w:val="00FB6DA5"/>
     <w:rsid w:val="00FE6D88"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-AT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193" fillcolor="white">
+    <o:shapedefaults v:ext="edit" spidmax="2050" fillcolor="white">
       <v:fill color="white"/>
       <o:colormru v:ext="edit" colors="#eaeaea,#f7f7f7,#fafafa,#fcc,#fcfcfc,#f9f9f9,#f8f8f8"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="07812492"/>
   <w15:docId w15:val="{E3C4CF12-39CA-4D95-A42C-5E4CCAD8FE5C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-AT" w:eastAsia="de-AT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8246,50 +8230,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="006F6AC9"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="510"/>
         <w:tab w:val="left" w:pos="851"/>
         <w:tab w:val="left" w:pos="1191"/>
       </w:tabs>
       <w:spacing w:line="280" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
       <w:lang w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Flietext"/>
     <w:qFormat/>
     <w:pPr>
@@ -8738,62 +8727,59 @@
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CDFuzeileS2">
     <w:name w:val="CD_Fußzeile_S2"/>
     <w:qFormat/>
     <w:rsid w:val="003B235C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="9637"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering"/><Relationship Id="rId10" Target="footer2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer"/><Relationship Id="rId11" Target="fontTable.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable"/><Relationship Id="rId12" Target="theme/theme1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="settings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings"/><Relationship Id="rId4" Target="webSettings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings"/><Relationship Id="rId5" Target="footnotes.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes"/><Relationship Id="rId6" Target="endnotes.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes"/><Relationship Id="rId7" Target="mailto:PTU-GEO@mag.linz.at" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId8" Target="footer1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer"/><Relationship Id="rId9" Target="header1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="media/image1.wmf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
-</file>
-[...1 lines deleted...]
-<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="file://///ugl.linz.at/dataugl/magistrat/cd_neu/05_Word_V/03_LINZ_StammV/Intern-GB.dotx" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -9039,70 +9025,70 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Intern-GB.dotx</Template>
+  <Template>NORMAL.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>608</Words>
-  <Characters>3837</Characters>
+  <Words>593</Words>
+  <Characters>3737</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>31</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>IKT Linz GmbH</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4437</CharactersWithSpaces>
+  <CharactersWithSpaces>4322</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>www.linz.at / Service A-Z</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
   <dc:title>Baubewilligungsantrag</dc:title>
 </cp:coreProperties>
 </file>