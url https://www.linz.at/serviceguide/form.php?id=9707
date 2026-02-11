--- v0 (2025-11-03)
+++ v1 (2026-02-11)
@@ -3,550 +3,570 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="image/x-wmf" Extension="wmf"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml" PartName="/word/endnotes.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml" PartName="/word/footnotes.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml" PartName="/word/webSettings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="003548A2" w:rsidRDefault="003548A2"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="003548A2" w:rsidRDefault="003548A2"/>
+    <w:p w14:paraId="2097D43B" w14:textId="77777777" w:rsidR="003548A2" w:rsidRDefault="003548A2"/>
+    <w:p w14:paraId="7BB5A22A" w14:textId="77777777" w:rsidR="003548A2" w:rsidRDefault="003548A2"/>
+    <w:p w14:paraId="021B1115" w14:textId="77777777" w:rsidR="003548A2" w:rsidRDefault="003548A2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6096"/>
         <w:gridCol w:w="3260"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F6AC9" w:rsidRPr="008A3BC0" w:rsidTr="006F6AC9">
+      <w:tr w:rsidR="006F6AC9" w:rsidRPr="008A3BC0" w14:paraId="6418B7C8" w14:textId="77777777" w:rsidTr="006F6AC9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006F6AC9" w:rsidRPr="00A870BA" w:rsidRDefault="006F6AC9" w:rsidP="0039366B">
+          <w:p w14:paraId="636B14CA" w14:textId="77777777" w:rsidR="006F6AC9" w:rsidRPr="00A870BA" w:rsidRDefault="006F6AC9" w:rsidP="0039366B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A870BA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Bau- und Bezirksverwaltung</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006F6AC9" w:rsidRPr="00A870BA" w:rsidRDefault="006F6AC9" w:rsidP="0039366B">
+          <w:p w14:paraId="1E097223" w14:textId="77777777" w:rsidR="006F6AC9" w:rsidRPr="00A870BA" w:rsidRDefault="006F6AC9" w:rsidP="0039366B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A870BA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Neues Rathaus</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006F6AC9" w:rsidRPr="00A870BA" w:rsidRDefault="006F6AC9" w:rsidP="0039366B">
+          <w:p w14:paraId="6B6C70A5" w14:textId="77777777" w:rsidR="006F6AC9" w:rsidRPr="00A870BA" w:rsidRDefault="006F6AC9" w:rsidP="0039366B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A870BA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Hauptstraße 1-5</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006F6AC9" w:rsidRDefault="006F6AC9" w:rsidP="0039366B">
+          <w:p w14:paraId="3A2A522B" w14:textId="77777777" w:rsidR="006F6AC9" w:rsidRDefault="006F6AC9" w:rsidP="0039366B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A870BA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>A-4041 Linz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006F6AC9" w:rsidRPr="009D1272" w:rsidRDefault="006F6AC9" w:rsidP="0039366B">
+          <w:p w14:paraId="049F0894" w14:textId="77777777" w:rsidR="006F6AC9" w:rsidRPr="009D1272" w:rsidRDefault="006F6AC9" w:rsidP="0039366B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F6AC9" w:rsidRPr="008A3BC0" w:rsidRDefault="006F6AC9" w:rsidP="006F6AC9">
+    <w:p w14:paraId="234F5F55" w14:textId="77777777" w:rsidR="006F6AC9" w:rsidRPr="008A3BC0" w:rsidRDefault="006F6AC9" w:rsidP="006F6AC9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006F6AC9" w:rsidRDefault="006F6AC9" w:rsidP="006F6AC9">
+    <w:p w14:paraId="3708F408" w14:textId="77777777" w:rsidR="006F6AC9" w:rsidRDefault="006F6AC9" w:rsidP="006F6AC9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="006F6AC9">
+    <w:p w14:paraId="6D869A90" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="006F6AC9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="006F6AC9">
+    <w:p w14:paraId="5FE48756" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="006F6AC9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="006F6AC9">
+    <w:p w14:paraId="5D28E65A" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="006F6AC9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="006F6AC9">
+    <w:p w14:paraId="0519EB0F" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="006F6AC9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005B1E06" w:rsidRDefault="005B1E06" w:rsidP="006F6AC9">
+    <w:p w14:paraId="4E5B4231" w14:textId="77777777" w:rsidR="005B1E06" w:rsidRDefault="005B1E06" w:rsidP="006F6AC9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRPr="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="1E071DEE" w14:textId="77777777" w:rsidR="000247A7" w:rsidRPr="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:spacing w:line="120" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Anzeige eines Bauvorhabens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="1213FBEB" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:spacing w:before="140" w:line="120" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>nach § 24a Ziffer 2 oder 3 O.ö. Bauordnung 1994</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="23B432A6" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:spacing w:line="120" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(„Baufreistellung Betriebs- und Nebengebäude“)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="5307E0B2" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRPr="00D73B7D" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="7043F70F" w14:textId="77777777" w:rsidR="000247A7" w:rsidRPr="00D73B7D" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D73B7D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Bitte beachten Sie, dass nur dann eine Bearbeitung gewährleistet werden kann, wenn die mit „ * “ gekennzeichneten Pflichtfelder vollständig ausgefüllt sind.</w:t>
+        <w:t xml:space="preserve">Bitte beachten Sie, dass nur dann eine Bearbeitung gewährleistet werden kann, wenn die mit </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D73B7D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>„ *</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D73B7D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “ gekennzeichneten Pflichtfelder vollständig ausgefüllt sind.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRPr="0073288D" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="7A69F7F3" w14:textId="77777777" w:rsidR="000247A7" w:rsidRPr="0073288D" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="4E5A2F12" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRPr="0073288D" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="74CCA0E0" w14:textId="77777777" w:rsidR="000247A7" w:rsidRPr="0073288D" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="69449B52" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:spacing w:line="400" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Anzeigende(r):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="08079300" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:spacing w:line="180" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8859" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1488"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="708"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="1701"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000247A7" w:rsidTr="00367028">
+      <w:tr w:rsidR="000247A7" w14:paraId="675A9856" w14:textId="77777777" w:rsidTr="00367028">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="259F244B" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Nachname*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="65401B0C" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text45"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="Text45"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-[...35 lines deleted...]
-            <w:bookmarkEnd w:id="1"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000247A7" w:rsidTr="00367028">
+      <w:tr w:rsidR="000247A7" w14:paraId="392E7C57" w14:textId="77777777" w:rsidTr="00367028">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="19931A8C" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Vorname*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4252" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="3B6E37A3" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="Text46"/>
+            <w:bookmarkStart w:id="1" w:name="Text46"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -561,98 +581,98 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="2"/>
+            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="0E594CB2" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Akad. Grad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="12E01266" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="Text12"/>
+            <w:bookmarkStart w:id="2" w:name="Text12"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -667,120 +687,120 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="3"/>
+            <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000247A7" w:rsidTr="00367028">
+      <w:tr w:rsidR="000247A7" w14:paraId="4EBD80AE" w14:textId="77777777" w:rsidTr="00367028">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="4764F2AB" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Straße/Nr. *</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="06BE5487" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text47"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="4" w:name="Text47"/>
+            <w:bookmarkStart w:id="3" w:name="Text47"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -795,119 +815,119 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="4"/>
+            <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000247A7" w:rsidTr="00367028">
+      <w:tr w:rsidR="000247A7" w14:paraId="71C0EB65" w14:textId="77777777" w:rsidTr="00367028">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="56FE718B" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Postleitzahl*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="7A56D5A2" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text48"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="5" w:name="Text48"/>
+            <w:bookmarkStart w:id="4" w:name="Text48"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -922,108 +942,108 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="704E9685" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Ort*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="11F15119" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="Text33"/>
+            <w:bookmarkStart w:id="5" w:name="Text33"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -1038,121 +1058,121 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="6"/>
+            <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000247A7" w:rsidTr="00367028">
+      <w:tr w:rsidR="000247A7" w14:paraId="42673B9C" w14:textId="77777777" w:rsidTr="00367028">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="11136E31" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Telefon</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4252" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="317701E1" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text49"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="7" w:name="Text49"/>
+            <w:bookmarkStart w:id="6" w:name="Text49"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -1167,108 +1187,108 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="3D8FD16E" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Fax</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="516247BF" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="Text21"/>
+            <w:bookmarkStart w:id="7" w:name="Text21"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -1283,127 +1303,127 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000247A7" w:rsidTr="00367028">
+      <w:tr w:rsidR="000247A7" w14:paraId="4804D96A" w14:textId="77777777" w:rsidTr="00367028">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="0D66A59E" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">E-Mail </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:sym w:font="Webdings" w:char="F069"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="35EC5EFD" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text50"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="Text50"/>
+            <w:bookmarkStart w:id="8" w:name="Text50"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -1418,260 +1438,260 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="7D15989D" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="408CA876" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="294" w:hanging="294"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F069"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mit der Angabe Ihrer E-Mail-Adresse ermächtigen Sie den Magistrat, auch auf diesem Weg mit Ihnen Kontakt aufzunehmen.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="6F278038" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="596EDDE0" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7">
+    <w:p w14:paraId="0D42CC32" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="510"/>
           <w:tab w:val="clear" w:pos="851"/>
           <w:tab w:val="clear" w:pos="1191"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="56A04A44" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:spacing w:line="180" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="5E4E0411" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:spacing w:line="180" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="71FEF98F" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:spacing w:line="180" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Weitere(r) Anzeigende(r):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="5DB8C6AD" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:spacing w:line="180" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9019" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3898"/>
         <w:gridCol w:w="5121"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000247A7" w:rsidTr="00367028">
+      <w:tr w:rsidR="000247A7" w14:paraId="32648034" w14:textId="77777777" w:rsidTr="00367028">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="14AAD210" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Nachname, Vorname, Akad. Grad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5121" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="784962E9" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Straße/Nr., Postleitzahl, Ort, Telefon, Fax, E-Mail</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000247A7" w:rsidTr="00367028">
+      <w:tr w:rsidR="000247A7" w14:paraId="26935929" w14:textId="77777777" w:rsidTr="00367028">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="54971299" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text35"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -1716,51 +1736,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5121" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="42B14AE7" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -1796,66 +1816,66 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000247A7" w:rsidTr="00367028">
+      <w:tr w:rsidR="000247A7" w14:paraId="2DB10AD8" w14:textId="77777777" w:rsidTr="00367028">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="7DD03A2E" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text36"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -1900,51 +1920,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5121" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="3854F112" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text37"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -1981,195 +2001,195 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="7BF9C8FF" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:spacing w:line="140" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="38A0D83F" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:spacing w:line="140" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Grund(mit)eigentümerIn(nen) des Bauplatzes bzw. der Grundstücke, auf denen das Bauvorhaben ausgeführt werden soll:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="0D94BB3C" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:spacing w:line="180" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9019" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3898"/>
         <w:gridCol w:w="5121"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000247A7" w:rsidTr="00367028">
+      <w:tr w:rsidR="000247A7" w14:paraId="3FB504F5" w14:textId="77777777" w:rsidTr="00367028">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="1DDFB82D" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Nachname, Vorname*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5121" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="2AA965D9" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Straße/Nr., Postleitzahl, Ort*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000247A7" w:rsidTr="00367028">
+      <w:tr w:rsidR="000247A7" w14:paraId="2C181CF7" w14:textId="77777777" w:rsidTr="00367028">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="1E8BFDA7" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text35"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="10" w:name="Text35"/>
+            <w:bookmarkStart w:id="9" w:name="Text35"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -2184,64 +2204,64 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5121" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="7B8EB08D" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -2277,85 +2297,85 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000247A7" w:rsidTr="00367028">
+      <w:tr w:rsidR="000247A7" w14:paraId="634863D8" w14:textId="77777777" w:rsidTr="00367028">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="341C006E" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text36"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="11" w:name="Text36"/>
+            <w:bookmarkStart w:id="10" w:name="Text36"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -2370,83 +2390,83 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="11"/>
+            <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5121" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="3149477D" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text37"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="Text37"/>
+            <w:bookmarkStart w:id="11" w:name="Text37"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -2461,89 +2481,89 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
+            <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000247A7" w:rsidTr="00367028">
+      <w:tr w:rsidR="000247A7" w14:paraId="44D826A8" w14:textId="77777777" w:rsidTr="00367028">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="6B2B42B6" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text38"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="13" w:name="Text38"/>
+            <w:bookmarkStart w:id="12" w:name="Text38"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -2558,83 +2578,83 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
+            <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5121" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="75AB39DF" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text39"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="14" w:name="Text39"/>
+            <w:bookmarkStart w:id="13" w:name="Text39"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -2649,89 +2669,89 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="14"/>
+            <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000247A7" w:rsidTr="00367028">
+      <w:tr w:rsidR="000247A7" w14:paraId="32CF3001" w14:textId="77777777" w:rsidTr="00367028">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="334FE49B" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text40"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="Text40"/>
+            <w:bookmarkStart w:id="14" w:name="Text40"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -2746,83 +2766,83 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="15"/>
+            <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5121" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="1B01E587" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text41"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="16" w:name="Text41"/>
+            <w:bookmarkStart w:id="15" w:name="Text41"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -2837,153 +2857,153 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
+            <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="51716689" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="06777D40" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Bauort:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="310CADCF" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:spacing w:line="180" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8859" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2622"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1701"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000247A7" w:rsidTr="00367028">
+      <w:tr w:rsidR="000247A7" w14:paraId="0D974E38" w14:textId="77777777" w:rsidTr="00367028">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="4E74A275" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Straße/Nr.*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="6B894E8C" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -3019,90 +3039,90 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000247A7" w:rsidTr="00367028">
+      <w:tr w:rsidR="000247A7" w14:paraId="0405E5DB" w14:textId="77777777" w:rsidTr="00367028">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="00A0697A" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Postleitzahl*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="24FB2A77" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -3147,76 +3167,76 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="5298D319" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Ort*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="4BE75071" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -3252,92 +3272,92 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000247A7" w:rsidTr="00367028">
+      <w:tr w:rsidR="000247A7" w14:paraId="7AAD3AAD" w14:textId="77777777" w:rsidTr="00367028">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="714FBE20" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Katastralgemeinde*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="1B3DBAFA" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -3383,95 +3403,95 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="2A3ACB49" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Einlagezahl*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="2C95676B" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="17" w:name="Text44"/>
+            <w:bookmarkStart w:id="16" w:name="Text44"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -3486,96 +3506,96 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="17"/>
+            <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000247A7" w:rsidTr="00367028">
+      <w:tr w:rsidR="000247A7" w14:paraId="6F905CA6" w14:textId="77777777" w:rsidTr="00367028">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="609"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="62B0F1A3" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Grundstücksnummer/n*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="3932DE8B" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text30"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -3612,112 +3632,112 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="103F4A90" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="671C2C55" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Bezeichnung des Bauvorhabens*:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="3EDDB7A8" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:spacing w:line="180" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8859" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8859"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000247A7" w:rsidTr="00367028">
+      <w:tr w:rsidR="000247A7" w14:paraId="34008371" w14:textId="77777777" w:rsidTr="00367028">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1681"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8859" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="5ADB8EC2" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -3755,165 +3775,165 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="12BF4D29" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7">
+    <w:p w14:paraId="4FFFDFD5" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="510"/>
           <w:tab w:val="clear" w:pos="851"/>
           <w:tab w:val="clear" w:pos="1191"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="263AC23A" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>PlanverfasserIn:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="3739E85D" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:spacing w:line="180" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8814" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1461"/>
         <w:gridCol w:w="1161"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="2306"/>
         <w:gridCol w:w="529"/>
         <w:gridCol w:w="2648"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000247A7" w:rsidTr="00367028">
+      <w:tr w:rsidR="000247A7" w14:paraId="4D9CFEE5" w14:textId="77777777" w:rsidTr="00367028">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1461" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="43940197" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Name*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7353" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="200DD47A" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -3949,92 +3969,92 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000247A7" w:rsidTr="00367028">
+      <w:tr w:rsidR="000247A7" w14:paraId="3FA5D827" w14:textId="77777777" w:rsidTr="00367028">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="1AEB8856" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Straße/Nr. *</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7353" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="58DA095B" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text14"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -4065,95 +4085,95 @@
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000247A7" w:rsidTr="00367028">
+      <w:tr w:rsidR="000247A7" w14:paraId="332CFE26" w14:textId="77777777" w:rsidTr="00367028">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1461" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="58621FD1" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Postleitzahl*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="476B71FD" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -4198,76 +4218,76 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="0000C151" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Ort*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5483" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="38050210" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -4303,97 +4323,97 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000247A7" w:rsidTr="00367028">
+      <w:tr w:rsidR="000247A7" w14:paraId="176A32E5" w14:textId="77777777" w:rsidTr="00367028">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="601ED35E" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Telefon</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4176" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="199F95A4" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -4438,75 +4458,75 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="1A3C7BEA" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Fax</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="1D6A707D" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -4542,103 +4562,103 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000247A7" w:rsidTr="00367028">
+      <w:tr w:rsidR="000247A7" w14:paraId="3D11D42C" w14:textId="77777777" w:rsidTr="00367028">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="602F399B" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">E-Mail </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:sym w:font="Webdings" w:char="F069"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7353" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="0EC1D4EA" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -4675,173 +4695,173 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="70057A8B" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="1D3B092E" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="308" w:hanging="308"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F069"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mit der Angabe Ihrer E-Mail-Adresse ermächtigen Sie den Magistrat, auch auf diesem Weg mit Ihnen Kontakt aufzunehmen.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="7CDBE5BA" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRPr="0073288D" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="1B08FD5E" w14:textId="77777777" w:rsidR="000247A7" w:rsidRPr="0073288D" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>BauführerIn:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="42ECCF19" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:spacing w:line="180" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8814" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1461"/>
         <w:gridCol w:w="1161"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="2306"/>
         <w:gridCol w:w="529"/>
         <w:gridCol w:w="2648"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000247A7" w:rsidTr="00367028">
+      <w:tr w:rsidR="000247A7" w14:paraId="2F80C5C7" w14:textId="77777777" w:rsidTr="00367028">
         <w:trPr>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1461" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="11D1C4A8" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7353" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="37721AF4" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -4877,92 +4897,92 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000247A7" w:rsidTr="00367028">
+      <w:tr w:rsidR="000247A7" w14:paraId="05FFB4B8" w14:textId="77777777" w:rsidTr="00367028">
         <w:trPr>
           <w:trHeight w:val="414"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="7A30338A" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Straße/Nr. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7353" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="26362394" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text14"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -4993,95 +5013,95 @@
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000247A7" w:rsidTr="00367028">
+      <w:tr w:rsidR="000247A7" w14:paraId="4EB8BEED" w14:textId="77777777" w:rsidTr="00367028">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="419"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1461" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="3DC4A30D" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Postleitzahl</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="3BB00A02" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -5126,76 +5146,76 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="6B7CB1DC" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Ort</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5483" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="29C03B89" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -5231,97 +5251,97 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000247A7" w:rsidTr="00367028">
+      <w:tr w:rsidR="000247A7" w14:paraId="1F69F795" w14:textId="77777777" w:rsidTr="00367028">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="411"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="208160DE" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Telefon</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4176" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="1E6DE52A" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -5366,75 +5386,75 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="78FD3ECA" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Fax</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="265ED6FA" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -5470,103 +5490,103 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000247A7" w:rsidTr="00367028">
+      <w:tr w:rsidR="000247A7" w14:paraId="582E0E73" w14:textId="77777777" w:rsidTr="00367028">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="418"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="3F4BE2E6" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">E-Mail </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:sym w:font="Webdings" w:char="F069"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7353" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
+          <w:p w14:paraId="5D4C6E3D" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="00367028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -5603,599 +5623,627 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="79ED2804" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="1A252448" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="294" w:hanging="294"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F069"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mit der Angabe Ihrer E-Mail-Adresse ermächtigen Sie den Magistrat, auch auf diesem Weg mit Ihnen Kontakt aufzunehmen.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="1DED9754" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="3ED33BB2" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="48A5EEC2" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="20C5732D" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="51E05200" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>________________________________   ____________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="25B69CDF" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="69ACECCD" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Datum, Unterschrift Anzeigende(r)*</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">         Datum, Unterschrift GrundeigentümerIn(nen)*</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="2A0573DA" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="2E3A43F2" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="0C4D54E9" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F069"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Hinweis:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="0DBF38C1" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="7BF0E9E0" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Der Anzeige sind folgende Unterlagen anzuschließen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="64492531" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="6524BB84" w14:textId="2B6CE856" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="510"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t>Baubeschreibung (3</w:t>
+        <w:t>Baubeschreibung (</w:t>
+      </w:r>
+      <w:r w:rsidR="00A24000">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00B80360">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>fach)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> mit Unterschrift des (der) Anzeigenden, des (der) GrundeigentümerIn(nen) und des (der) PlanverfasserIn</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="4D3A9450" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="510"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Bestätigung des (der) PlanverfasserIn</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="5B58A757" w14:textId="343D36D2" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="510"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B80360">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Lageplan i</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t>m Maßstab 1:1000 (3</w:t>
+        <w:t>m Maßstab 1:1000 (</w:t>
+      </w:r>
+      <w:r w:rsidR="00A24000">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00B80360">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>fach)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> mit eingezeichneter Lage des Bauvorhabens: erhältlich im Bundesvermessungsamt, Prunerstr. 5, 4020 Linz</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="73188C1E" w14:textId="5CA96F27" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="510"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t>Bauplan (3f</w:t>
+        <w:t>Bauplan (</w:t>
+      </w:r>
+      <w:r w:rsidR="00A24000">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>f</w:t>
       </w:r>
       <w:r w:rsidRPr="00B80360">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>ach)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> mit Unterschrift des (der) Anzeigenden, des (der) GrundeigentümerIn(nen), des (der) PlanverfasserIn </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="0FC46119" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="510"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Unterschrift sämtlicher NachbarInnen auf Bauplan (Einwendungsverzicht)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="7BCDBBD8" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="510"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRDefault="000247A7">
+    <w:p w14:paraId="1EAC3D6A" w14:textId="77777777" w:rsidR="000247A7" w:rsidRDefault="000247A7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="510"/>
           <w:tab w:val="clear" w:pos="851"/>
           <w:tab w:val="clear" w:pos="1191"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRPr="00D73B7D" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="50BCCD5E" w14:textId="77777777" w:rsidR="000247A7" w:rsidRPr="00D73B7D" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D73B7D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Informationen zum Datenschutz:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRPr="00D73B7D" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="761F8263" w14:textId="77777777" w:rsidR="000247A7" w:rsidRPr="00D73B7D" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRPr="00D73B7D" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="31D9F7BE" w14:textId="77777777" w:rsidR="000247A7" w:rsidRPr="00D73B7D" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D73B7D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Die von Ihnen bekanntgegebenen Daten werden</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRPr="00D73B7D" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="1201FD88" w14:textId="77777777" w:rsidR="000247A7" w:rsidRPr="00D73B7D" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="510"/>
           <w:tab w:val="clear" w:pos="851"/>
           <w:tab w:val="clear" w:pos="1191"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D73B7D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>im Rahmen des konkreten Verfahrens und der gesetzlichen Zulässigkeit an sonstige Verfahrensbeteiligte weitergegeben.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRPr="00D73B7D" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="71680526" w14:textId="77777777" w:rsidR="000247A7" w:rsidRPr="00D73B7D" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="510"/>
           <w:tab w:val="clear" w:pos="851"/>
           <w:tab w:val="clear" w:pos="1191"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D73B7D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>im Magistrat Linz über einen Zeitraum von 10 Jahren nach Abschluss des Verfahrens gespeichert.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRPr="00D73B7D" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="3E9A6C3B" w14:textId="77777777" w:rsidR="000247A7" w:rsidRPr="00D73B7D" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRPr="00D73B7D" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="4536DCCA" w14:textId="77777777" w:rsidR="000247A7" w:rsidRPr="00D73B7D" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D73B7D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Im Zusammenhang mit der Verwendung Ihrer personenbezogenen Daten haben Sie das Recht auf Auskunft, Richtigstellung, Löschung, Einschränkung der Verarbeitung, Datenübertragung sowie das Recht Beschwerde bei der Datenschutzbehörde zu erheben.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRPr="00D73B7D" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="64C1048D" w14:textId="77777777" w:rsidR="000247A7" w:rsidRPr="00D73B7D" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRPr="00D73B7D" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="5BD886E3" w14:textId="77777777" w:rsidR="000247A7" w:rsidRPr="00D73B7D" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D73B7D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Kontaktdaten des Datenschutzbeauftragten:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRPr="00D73B7D" w:rsidRDefault="000247A7" w:rsidP="000247A7">
+    <w:p w14:paraId="1CBBA15C" w14:textId="77777777" w:rsidR="000247A7" w:rsidRPr="00D73B7D" w:rsidRDefault="000247A7" w:rsidP="000247A7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D73B7D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Tel.: 0732 7070, E-Mail: datenschutz@mag.linz.at</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000247A7" w:rsidRPr="008A3BC0" w:rsidRDefault="000247A7" w:rsidP="006F6AC9">
+    <w:p w14:paraId="652A19AA" w14:textId="77777777" w:rsidR="000247A7" w:rsidRPr="008A3BC0" w:rsidRDefault="000247A7" w:rsidP="006F6AC9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="000247A7" w:rsidRPr="008A3BC0" w:rsidSect="00C82171">
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:headerReference w:type="first" r:id="rId8"/>
       <w:footerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="1701" w:left="1418" w:header="851" w:footer="851" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00CB0BE3" w:rsidRDefault="00CB0BE3">
+    <w:p w14:paraId="11611216" w14:textId="77777777" w:rsidR="0035337A" w:rsidRDefault="0035337A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00CB0BE3" w:rsidRDefault="00CB0BE3">
+    <w:p w14:paraId="0C947A6B" w14:textId="77777777" w:rsidR="0035337A" w:rsidRDefault="0035337A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="ZapfDingbats">
     <w:altName w:val="Symbol"/>
     <w:charset w:val="02"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -6213,234 +6261,234 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Webdings">
     <w:panose1 w:val="05030102010509060703"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="004A768D" w:rsidRDefault="00C70280" w:rsidP="00C70280">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="291C8336" w14:textId="77777777" w:rsidR="004A768D" w:rsidRDefault="00C70280" w:rsidP="00C70280">
     <w:pPr>
       <w:pStyle w:val="CDFuzeileS2"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00A45161">
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:tab/>
       <w:t>linz.at</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00C70280" w:rsidRPr="00AE6BBA" w:rsidRDefault="00C70280" w:rsidP="00530E8D">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="55ABFB6D" w14:textId="77777777" w:rsidR="00C70280" w:rsidRPr="00AE6BBA" w:rsidRDefault="00C70280" w:rsidP="00530E8D">
     <w:pPr>
       <w:pStyle w:val="CDFuzeileS1"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00C70280" w:rsidRPr="00AE6BBA" w:rsidRDefault="00C70280" w:rsidP="00530E8D">
+  <w:p w14:paraId="41D95AFD" w14:textId="77777777" w:rsidR="00C70280" w:rsidRPr="00AE6BBA" w:rsidRDefault="00C70280" w:rsidP="00530E8D">
     <w:pPr>
       <w:pStyle w:val="CDFuzeileS1"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00C843C9" w:rsidRPr="00AE6BBA" w:rsidRDefault="00C843C9" w:rsidP="00C843C9">
+  <w:p w14:paraId="4A84864F" w14:textId="77777777" w:rsidR="00C843C9" w:rsidRPr="00AE6BBA" w:rsidRDefault="00C843C9" w:rsidP="00C843C9">
     <w:pPr>
       <w:pStyle w:val="CDFuzeileS1"/>
     </w:pPr>
     <w:r w:rsidRPr="00AE6BBA">
       <w:t>Magistrat der</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00C843C9" w:rsidRPr="00AE6BBA" w:rsidRDefault="00C843C9" w:rsidP="00C843C9">
+  <w:p w14:paraId="59215BD7" w14:textId="77777777" w:rsidR="00C843C9" w:rsidRPr="00AE6BBA" w:rsidRDefault="00C843C9" w:rsidP="00C843C9">
     <w:pPr>
       <w:pStyle w:val="CDFuzeileS1"/>
     </w:pPr>
     <w:r w:rsidRPr="00AE6BBA">
       <w:t>Lande</w:t>
     </w:r>
     <w:r>
       <w:t>shauptstadt Linz</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00C843C9" w:rsidRPr="00AE6BBA" w:rsidRDefault="006F6AC9" w:rsidP="00C843C9">
+  <w:p w14:paraId="6FCD2A75" w14:textId="77777777" w:rsidR="00C843C9" w:rsidRPr="00AE6BBA" w:rsidRDefault="006F6AC9" w:rsidP="00C843C9">
     <w:pPr>
       <w:pStyle w:val="CDFuzeileS1"/>
     </w:pPr>
     <w:r>
       <w:t>Hauptstraße 1-5</w:t>
     </w:r>
     <w:r w:rsidR="00C843C9">
       <w:tab/>
     </w:r>
     <w:r>
       <w:t>bbv</w:t>
     </w:r>
     <w:r w:rsidR="00C843C9">
       <w:t>@mag.linz.at</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00C70280" w:rsidRPr="006E660F" w:rsidRDefault="00C843C9" w:rsidP="00C843C9">
+  <w:p w14:paraId="2CE2C52A" w14:textId="77777777" w:rsidR="00C70280" w:rsidRPr="006E660F" w:rsidRDefault="00C843C9" w:rsidP="00C843C9">
     <w:pPr>
       <w:pStyle w:val="CDFuzeileS1"/>
     </w:pPr>
     <w:r>
       <w:t>4041 Linz</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="002439F1">
       <w:t>+43 732 7070</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="006F6AC9">
       <w:t>3066</w:t>
     </w:r>
     <w:r w:rsidR="00C70280" w:rsidRPr="00AE6BBA">
       <w:tab/>
       <w:t>linz.at</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00CB0BE3" w:rsidRDefault="00CB0BE3">
+    <w:p w14:paraId="0EA7321B" w14:textId="77777777" w:rsidR="0035337A" w:rsidRDefault="0035337A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00CB0BE3" w:rsidRDefault="00CB0BE3">
+    <w:p w14:paraId="2E60A88B" w14:textId="77777777" w:rsidR="0035337A" w:rsidRDefault="0035337A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-[...1 lines deleted...]
-  <w:p w:rsidR="00813AE1" w:rsidRPr="00813AE1" w:rsidRDefault="003B2EBE" w:rsidP="00813AE1">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1D635025" w14:textId="77777777" w:rsidR="004A768D" w:rsidRDefault="004A768D"/>
+  <w:p w14:paraId="0606658D" w14:textId="77777777" w:rsidR="00813AE1" w:rsidRPr="00813AE1" w:rsidRDefault="003B2EBE" w:rsidP="00813AE1">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="7142"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:before="20"/>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="808080"/>
         <w:spacing w:val="10"/>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003B2EBE">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:noProof/>
         <w:color w:val="808080"/>
         <w:spacing w:val="10"/>
         <w:sz w:val="28"/>
         <w:lang w:eastAsia="de-AT"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659776" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659776" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E5ED405" wp14:editId="46F8AE5D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4653280</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-178435</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1475740" cy="467995"/>
           <wp:effectExtent l="0" t="0" r="0" b="8255"/>
           <wp:wrapNone/>
           <wp:docPr id="147" name="Grafik 147" descr="C:\Users\IKT00108359\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Linz_CD_Logo__Linz.wmf"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 3438" descr="C:\Users\IKT00108359\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Linz_CD_Logo__Linz.wmf"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
@@ -6469,51 +6517,51 @@
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00326B6A">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="808080"/>
         <w:spacing w:val="10"/>
         <w:sz w:val="28"/>
         <w:lang w:eastAsia="de-AT"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="4D460B03" wp14:editId="13215B24">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>360045</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>3564255</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="91440" cy="0"/>
               <wp:effectExtent l="7620" t="11430" r="5715" b="7620"/>
               <wp:wrapNone/>
               <wp:docPr id="2" name="Line 18"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr>
                       <a:cxnSpLocks noChangeShapeType="1"/>
                     </wps:cNvCnPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="91440" cy="0"/>
                       </a:xfrm>
@@ -6558,51 +6606,51 @@
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:line w14:anchorId="4386844D" id="Line 18" o:spid="_x0000_s1026" style="position:absolute;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="28.35pt,280.65pt" to="35.55pt,280.65pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBo+Y6ViQIAAGAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v2yAQfp+0/wHx7vpHnMSx6lSt4+yl&#10;2yq1056JwTGaDRaQONG0/30Hjr2me5mm2hLigPv47r47bu9ObYOOTGkuRYbDmwAjJkpJudhn+NvL&#10;1ksw0oYIShopWIbPTOO79ccPt32XskjWsqFMIQAROu27DNfGdKnv67JmLdE3smMCNiupWmLAVHuf&#10;KtIDetv4URAs/F4q2ilZMq1hdTNs4rXDrypWmq9VpZlBTYaBm3GjcuPOjv76lqR7Rbqalxca5D9Y&#10;tIQLuHSC2hBD0EHxv6BaXiqpZWVuStn6sqp4yVwMEE0YvInmuSYdc7FAcnQ3pUm/H2z55fikEKcZ&#10;jjASpAWJHrlgKExsavpOp3AiF0/KBleexHP3KMsfGgmZ10TsmaP4cu7AL7Qe/pWLNXQHF+z6z5LC&#10;GXIw0uXpVKnWQkIG0MnJcZ7kYCeDSlhchXEMmpXjjk/S0a1T2nxiskV2kuEGKDtYcnzUxtIg6XjE&#10;3iLkljeN07oRqAfoeTR3Dlo2nNpNe0yr/S5vFDoSWy3uczHBzutjSh4EdWA1I7S4zA3hzTCHyxth&#10;8ZgrwIERWCcDU7cOAbri+LkKVkVSJLEXR4vCi4PNxrvf5rG32IbL+Wa2yfNN+MsSDeO05pQyYbmO&#10;hRrG/1YIl5YZSmwq1Skp/jW6yx6QvWZ6v50Hy3iWeMvlfObFsyLwHpJt7t3n4WKxLB7yh+IN08JF&#10;r9+H7JRKy0oeDFPPNe0R5Vb+2XwVhRgMaOxoOeiGSLOHF6k0CiMlzXdualertsosxpXWSWD/i9YT&#10;+pCIUUNrTSpcYvuTKtB81Ne1gK36oX92kp6f1Nga0MbO6fLk2HfitQ3z1w/j+jcAAAD//wMAUEsD&#10;BBQABgAIAAAAIQCewpC13AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCQu&#10;05Z2ExsqTScE9MaFwcTVa0xb0Thdk22Fp8eTkOBk2f70+3O+Hl2njjSE1rOBdJaAIq68bbk28PZa&#10;Tm9BhYhssfNMBr4owLq4vMgxs/7EL3TcxFpJCIcMDTQx9pnWoWrIYZj5nlh2H35wGKUdam0HPEm4&#10;6/Q8SZbaYctyocGeHhqqPjcHZyCUW9qX35Nqkrwvak/z/ePzExpzfTXe34GKNMY/GM76og6FOO38&#10;gW1QnYGb5UrIc00XoARYpSmo3e9AF7n+/0HxAwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AGj5jpWJAgAAYAUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAJ7CkLXcAAAACQEAAA8AAAAAAAAAAAAAAAAA4wQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAADsBQAAAAA=&#10;" o:allowincell="f">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00326B6A">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="808080"/>
         <w:spacing w:val="10"/>
         <w:sz w:val="28"/>
         <w:lang w:eastAsia="de-AT"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="01B240E2" wp14:editId="2E6FD88C">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>360045</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>7129145</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="91440" cy="0"/>
               <wp:effectExtent l="7620" t="13970" r="5715" b="5080"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Line 17"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr>
                       <a:cxnSpLocks noChangeShapeType="1"/>
                     </wps:cNvCnPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="91440" cy="0"/>
                       </a:xfrm>
@@ -6637,60 +6685,60 @@
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:line w14:anchorId="3407221F" id="Line 17" o:spid="_x0000_s1026" style="position:absolute;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="28.35pt,561.35pt" to="35.55pt,561.35pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCl9f4ghwIAAGAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1vmzAUfZ+0/2DxToGEfKEmVQtkL91W&#10;qZ327NgmWDM2sp2QaNp/37UJrOlepqmJhPx1j8+951zf3p0agY5MG67kOkhu4gAxSRTlcr8Ovr1s&#10;w2WAjMWSYqEkWwdnZoK7zccPt12bsYmqlaBMIwCRJuvadVBb22ZRZEjNGmxuVMskbFZKN9jCVO8j&#10;qnEH6I2IJnE8jzqlaasVYcbAatFvBhuPX1WM2K9VZZhFYh0AN+u/2n937httbnG217itObnQwP/B&#10;osFcwqUjVIEtRgfN/4JqONHKqMreENVEqqo4YT4HyCaJ32TzXOOW+VygOKYdy2TeD5Z8OT5pxClo&#10;FyCJG5DokUuGkoUrTdeaDE7k8km75MhJPrePivwwSKq8xnLPPMWXcwtxiYuIrkLcxLRwwa77rCic&#10;wQerfJ1OlW4cJFQAnbwc51EOdrKIwOIqSVPQjAw7Ec6GsFYb+4mpBrnBOhBA2cPi46OxjgbOhiPu&#10;Fqm2XAivtZCoA+jZZOYDjBKcuk13zOj9LhcaHbFzi//5nGDn9TGtDpJ6sJphWl7GFnPRj+FyIR0e&#10;8wbsGcHsZGHo1yFBb46fq3hVLstlGqaTeRmmcVGE99s8DefbZDErpkWeF8kvRzRJs5pTyqTjOhg1&#10;Sf/NCJeW6S02WnUsSnSN7qsHZK+Z3m9n8SKdLsPFYjYN02kZhw/LbR7e58l8vigf8ofyDdPSZ2/e&#10;h+xYSsdKHSzTzzXtEOVO/ulsNQH7Ug6NPVn0uiEs9vAiEasDpJX9zm3tvepc5jCutF7G7n/RekTv&#10;CzFo6GajCpfc/pQKNB/09S3gXN/3z07R85MeWgPa2Addnhz3Tryew/j1w7j5DQAA//8DAFBLAwQU&#10;AAYACAAAACEAJkqrmN0AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hIXKYt&#10;bREbKk0nBPTGhcHE1WtMW9E4XZNthV+POSC42e89PX8u1pPr1ZHG0Hk2kC4SUMS1tx03Bl5fqvkN&#10;qBCRLfaeycAnBViX52cF5taf+JmOm9goKeGQo4E2xiHXOtQtOQwLPxCL9+5Hh1HWsdF2xJOUu15n&#10;SbLUDjuWCy0OdN9S/bE5OAOh2tK++prVs+TtqvGU7R+eHtGYy4vp7hZUpCn+heEHX9ChFKadP7AN&#10;qjdwvVxJUvQ0y2SSxCpNQe1+FV0W+v8P5TcAAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;pfX+IIcCAABgBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkqrmN0AAAALAQAADwAAAAAAAAAAAAAAAADhBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAOsFAAAAAA==&#10;" o:allowincell="f">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w:rsidR="004A768D" w:rsidRPr="00F7681A" w:rsidRDefault="004A768D" w:rsidP="00F7681A">
+  <w:p w14:paraId="3E7277FD" w14:textId="77777777" w:rsidR="004A768D" w:rsidRPr="00F7681A" w:rsidRDefault="004A768D" w:rsidP="00F7681A">
     <w:pPr>
       <w:pStyle w:val="KopfLeerraum"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09F10173"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="F40AAFF0"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="890"/>
         </w:tabs>
         <w:ind w:left="510" w:hanging="340"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="ZapfDingbats" w:hAnsi="ZapfDingbats" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="198C3490"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="8506B6BE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
@@ -7017,224 +7065,230 @@
         <w:ind w:left="510" w:hanging="340"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F741700"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="ED8CD728"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="KzlVerborgen"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="811407856">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="344981933">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="2143961330">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1612316673">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1100835501">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="649409004">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="426737518">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="625039981">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="158472590">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="5"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-[...1 lines deleted...]
-  <w:attachedTemplate r:id="rId1"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3821" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="R5ufMHbSUZzjUxWb986vEcktDsmOo/mDYXRpXbU2Ki4QFEwpkF7iFbX8HR73ZBElxukhAxvQcojduWMICo0EUg==" w:salt="6xe8wZe+zbkRYFRr/7QDJw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="sRH4hRFRU/Un1bqfYfbcnYJfkFVG5GUYEhcnkDUm4kjG9zJzwxB8PcYBXjqaZJrK5xiCZ/5qRcV9YSvX77f56g==" w:salt="ddfiVmtUn3y6InyRaVVUXg=="/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="170"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193" fillcolor="white">
+    <o:shapedefaults v:ext="edit" spidmax="2050" fillcolor="white">
       <v:fill color="white"/>
       <o:colormru v:ext="edit" colors="#eaeaea,#f7f7f7,#fafafa,#fcc,#fcfcfc,#f9f9f9,#f8f8f8"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F6AC9"/>
     <w:rsid w:val="00011B5E"/>
     <w:rsid w:val="000247A7"/>
     <w:rsid w:val="000D0DA0"/>
     <w:rsid w:val="00225BEC"/>
     <w:rsid w:val="00326B6A"/>
+    <w:rsid w:val="0035337A"/>
     <w:rsid w:val="003548A2"/>
     <w:rsid w:val="003B235C"/>
     <w:rsid w:val="003B2EBE"/>
     <w:rsid w:val="003D6EFB"/>
     <w:rsid w:val="00414E36"/>
     <w:rsid w:val="0041674B"/>
     <w:rsid w:val="0046373F"/>
     <w:rsid w:val="0048398C"/>
     <w:rsid w:val="004A768D"/>
     <w:rsid w:val="004C5E6D"/>
     <w:rsid w:val="005B1E06"/>
+    <w:rsid w:val="00646DDD"/>
     <w:rsid w:val="00670D2A"/>
     <w:rsid w:val="0069662B"/>
     <w:rsid w:val="006D4320"/>
     <w:rsid w:val="006E2BC8"/>
     <w:rsid w:val="006F6AC9"/>
     <w:rsid w:val="007003DD"/>
     <w:rsid w:val="00705E6E"/>
     <w:rsid w:val="0071125B"/>
     <w:rsid w:val="00774F4F"/>
     <w:rsid w:val="007B37D3"/>
     <w:rsid w:val="00812F96"/>
     <w:rsid w:val="00813AE1"/>
     <w:rsid w:val="00837C73"/>
     <w:rsid w:val="00876A86"/>
     <w:rsid w:val="008C5D5C"/>
     <w:rsid w:val="008D1AD2"/>
     <w:rsid w:val="008D1B1C"/>
     <w:rsid w:val="009E1902"/>
+    <w:rsid w:val="00A24000"/>
     <w:rsid w:val="00A45161"/>
     <w:rsid w:val="00A870BA"/>
     <w:rsid w:val="00A96F4F"/>
     <w:rsid w:val="00AA4E76"/>
     <w:rsid w:val="00AF10B3"/>
     <w:rsid w:val="00B63BF0"/>
     <w:rsid w:val="00BD672B"/>
     <w:rsid w:val="00C04ABA"/>
     <w:rsid w:val="00C70280"/>
     <w:rsid w:val="00C82171"/>
     <w:rsid w:val="00C83E40"/>
     <w:rsid w:val="00C843C9"/>
     <w:rsid w:val="00C94A14"/>
     <w:rsid w:val="00CA1815"/>
     <w:rsid w:val="00CB0BE3"/>
     <w:rsid w:val="00D2022C"/>
     <w:rsid w:val="00D370C5"/>
     <w:rsid w:val="00DA284E"/>
     <w:rsid w:val="00E35DC0"/>
     <w:rsid w:val="00E65F37"/>
     <w:rsid w:val="00E67239"/>
+    <w:rsid w:val="00EA5D21"/>
     <w:rsid w:val="00EF1E05"/>
     <w:rsid w:val="00EF5D09"/>
     <w:rsid w:val="00F364CD"/>
     <w:rsid w:val="00F51FEE"/>
     <w:rsid w:val="00F66671"/>
     <w:rsid w:val="00F7681A"/>
     <w:rsid w:val="00FB6DA5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-AT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193" fillcolor="white">
+    <o:shapedefaults v:ext="edit" spidmax="2050" fillcolor="white">
       <v:fill color="white"/>
       <o:colormru v:ext="edit" colors="#eaeaea,#f7f7f7,#fafafa,#fcc,#fcfcfc,#f9f9f9,#f8f8f8"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="2A5AECEA"/>
   <w15:docId w15:val="{E3C4CF12-39CA-4D95-A42C-5E4CCAD8FE5C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-AT" w:eastAsia="de-AT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7555,50 +7609,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="006F6AC9"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="510"/>
         <w:tab w:val="left" w:pos="851"/>
         <w:tab w:val="left" w:pos="1191"/>
       </w:tabs>
       <w:spacing w:line="280" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
       <w:lang w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Flietext"/>
     <w:qFormat/>
     <w:pPr>
@@ -8047,62 +8106,59 @@
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CDFuzeileS2">
     <w:name w:val="CD_Fußzeile_S2"/>
     <w:qFormat/>
     <w:rsid w:val="003B235C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="9637"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering"/><Relationship Id="rId10" Target="fontTable.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable"/><Relationship Id="rId11" Target="theme/theme1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="settings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings"/><Relationship Id="rId4" Target="webSettings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings"/><Relationship Id="rId5" Target="footnotes.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes"/><Relationship Id="rId6" Target="endnotes.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes"/><Relationship Id="rId7" Target="footer1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer"/><Relationship Id="rId8" Target="header1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header"/><Relationship Id="rId9" Target="footer2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="media/image1.wmf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
-</file>
-[...1 lines deleted...]
-<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="file://///ugl.linz.at/dataugl/magistrat/cd_neu/05_Word_V/03_LINZ_StammV/Intern-GB.dotx" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8348,51 +8404,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Intern-GB.dotx</Template>
+  <Template>NORMAL.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>493</Words>
   <Characters>3112</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>25</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>IKT Linz GmbH</Company>