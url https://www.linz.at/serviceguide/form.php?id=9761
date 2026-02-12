--- v0 (2025-12-07)
+++ v1 (2026-02-12)
@@ -1,125 +1,145 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/x-emf" Extension="emf"/>
+  <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
-  <Default ContentType="image/x-wmf" Extension="wmf"/>
   <Default ContentType="application/vnd.ms-excel" Extension="xls"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml" PartName="/word/endnotes.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml" PartName="/word/footnotes.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml" PartName="/word/webSettings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="006516B1" w:rsidRPr="00C06F5D" w:rsidRDefault="006516B1">
+    <w:p w14:paraId="322A9090" w14:textId="77777777" w:rsidR="006516B1" w:rsidRPr="00C06F5D" w:rsidRDefault="006516B1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C06F5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Ausfüllhilfe</w:t>
       </w:r>
       <w:r w:rsidR="00C260E7" w:rsidRPr="00C06F5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AE2525" w:rsidRPr="00C06F5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Datenfile</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE2525" w:rsidRPr="00C06F5D" w:rsidRDefault="00AE2525">
+    <w:p w14:paraId="25F8AC9F" w14:textId="77777777" w:rsidR="00AE2525" w:rsidRPr="00C06F5D" w:rsidRDefault="00AE2525">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE2525" w:rsidRPr="00C06F5D" w:rsidRDefault="00AE2525" w:rsidP="00430217">
+    <w:p w14:paraId="50030E1A" w14:textId="77777777" w:rsidR="00AE2525" w:rsidRPr="00C06F5D" w:rsidRDefault="00AE2525" w:rsidP="00430217">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C06F5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Um Ihnen das Ausfüllen des Datenfiles zu erleichtern, </w:t>
       </w:r>
       <w:r w:rsidR="00430217" w:rsidRPr="00C06F5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">wurden Rechenschritte soweit als möglich mit </w:t>
+        <w:t xml:space="preserve">wurden Rechenschritte </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00430217" w:rsidRPr="00C06F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>soweit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00430217" w:rsidRPr="00C06F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> als möglich mit </w:t>
       </w:r>
       <w:r w:rsidR="006E2B0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00430217" w:rsidRPr="00C06F5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Formeln hinterlegt</w:t>
       </w:r>
       <w:r w:rsidRPr="00C06F5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. Damit die</w:t>
       </w:r>
@@ -179,171 +199,199 @@
         </w:rPr>
         <w:t>gesch</w:t>
       </w:r>
       <w:r w:rsidR="009D6E42" w:rsidRPr="00C06F5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">altet (= gelb markierte Felder </w:t>
       </w:r>
       <w:r w:rsidR="00430217" w:rsidRPr="00C06F5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>bzw. Zell</w:t>
       </w:r>
       <w:r w:rsidR="00B054F8" w:rsidRPr="00C06F5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">en). Des weiteren erlauben wir </w:t>
+        <w:t xml:space="preserve">en). </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B054F8" w:rsidRPr="00C06F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B054F8" w:rsidRPr="00C06F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>weiteren</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B054F8" w:rsidRPr="00C06F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> erlauben wir </w:t>
       </w:r>
       <w:r w:rsidR="00430217" w:rsidRPr="00C06F5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>uns darauf hinzuweisen, dass der Ausdruck satzungsgemäß zu unterfertigen ist. Sofern die Satzung die Unterschriftsleistung des Ob</w:t>
       </w:r>
       <w:r w:rsidR="009D6E42" w:rsidRPr="00C06F5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>mannes und des Kassiers vorsieht</w:t>
       </w:r>
       <w:r w:rsidR="00430217" w:rsidRPr="00C06F5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, sind beide Unterschriften erforderlich.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE2525" w:rsidRPr="00C06F5D" w:rsidRDefault="00AE2525">
+    <w:p w14:paraId="2040DA15" w14:textId="77777777" w:rsidR="00AE2525" w:rsidRPr="00C06F5D" w:rsidRDefault="00AE2525">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE2525" w:rsidRPr="00C06F5D" w:rsidRDefault="00AE2525">
+    <w:p w14:paraId="72FB1AE9" w14:textId="77777777" w:rsidR="00AE2525" w:rsidRPr="00C06F5D" w:rsidRDefault="00AE2525">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C06F5D" w:rsidRPr="00C06F5D" w:rsidRDefault="00C06F5D" w:rsidP="00C06F5D">
+    <w:p w14:paraId="26446132" w14:textId="77777777" w:rsidR="00C06F5D" w:rsidRPr="00C06F5D" w:rsidRDefault="00C06F5D" w:rsidP="00C06F5D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">1  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C06F5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Was versteht man unter einer Personaleinheit (PE) und wie berechnet man diese?</w:t>
       </w:r>
       <w:r w:rsidRPr="00C06F5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C06F5D" w:rsidRPr="00C06F5D" w:rsidRDefault="00C06F5D" w:rsidP="00C06F5D">
+    <w:p w14:paraId="28517B14" w14:textId="77777777" w:rsidR="00C06F5D" w:rsidRPr="00C06F5D" w:rsidRDefault="00C06F5D" w:rsidP="00C06F5D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">1.1 </w:t>
       </w:r>
       <w:r w:rsidRPr="00C06F5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Definition:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C06F5D" w:rsidRPr="00C06F5D" w:rsidRDefault="00C06F5D" w:rsidP="00C06F5D">
+    <w:p w14:paraId="58EB85C8" w14:textId="77777777" w:rsidR="00C06F5D" w:rsidRPr="00C06F5D" w:rsidRDefault="00C06F5D" w:rsidP="00C06F5D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C06F5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Eine Personaleinheit (PE) ist eine Vollzeitäquivalente. Ein Vollzeitäquivalent ist nicht gleichzusetzen mit </w:t>
       </w:r>
       <w:r w:rsidR="006E2B0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00C06F5D">
@@ -352,672 +400,1290 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">einer Arbeitskraft. Vielmehr bezeichnet dieser </w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00C06F5D">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Begriff</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C06F5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> eine Maßeinheit für die fiktive Anzahl von Vollzeitbeschäftigten einer Organisationseinheit bei Umrechnung aller Teilzeitarbeitsverhältnisse in Vollzeitarbeitsverhältnisse. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C06F5D" w:rsidRPr="00C06F5D" w:rsidRDefault="00C06F5D" w:rsidP="00C06F5D">
+    <w:p w14:paraId="5E78297D" w14:textId="77777777" w:rsidR="00C06F5D" w:rsidRPr="00C06F5D" w:rsidRDefault="00C06F5D" w:rsidP="00C06F5D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C06F5D" w:rsidRPr="00C06F5D" w:rsidRDefault="00C06F5D" w:rsidP="00C06F5D">
+    <w:p w14:paraId="42DC8676" w14:textId="77777777" w:rsidR="00C06F5D" w:rsidRPr="00C06F5D" w:rsidRDefault="00C06F5D" w:rsidP="00C06F5D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">1.2 </w:t>
       </w:r>
       <w:r w:rsidRPr="00C06F5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Beschäftigte Mitarbeiter/innen maßgeblich</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C06F5D" w:rsidRPr="00C06F5D" w:rsidRDefault="00C06F5D" w:rsidP="00C06F5D">
+    <w:p w14:paraId="211F45D8" w14:textId="77777777" w:rsidR="00C06F5D" w:rsidRPr="00C06F5D" w:rsidRDefault="00C06F5D" w:rsidP="00C06F5D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C06F5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Grundsätzlich ist zu beachten, dass die im Datenfile unter Punkt 1 "Grunddaten" abgefragte Anzahl von beschäftigten Mitarbeiter/innen (Kopfanzahl) sowie die Anzahl der Beschäftigten in Vollzeitäquivalenten (sprich Personaleinheiten) sich nur auf die fix angestellten Mitarbeiterinnen und Mitarbeiter bezieht (d.h. Mitarbeiter/innen mit einem Dienstvertrag). Mitarbeiter/innen auf Basis eines freien Dienstvertrages oder eines Werkvertrages sind unter Punkt 1 mengenmäßig nicht darzustellen (wertmäßig unter Kostenart 6900 allerdings schon).</w:t>
+        <w:t xml:space="preserve">Grundsätzlich ist zu beachten, dass die im Datenfile unter Punkt 1 "Grunddaten" abgefragte Anzahl </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C06F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>von beschäftigten Mitarbeiter</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C06F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>/innen (Kopfanzahl) sowie die Anzahl der Beschäftigten in Vollzeitäquivalenten (sprich Personaleinheiten) sich nur auf die fix angestellten Mitarbeiterinnen und Mitarbeiter bezieht (d.h. Mitarbeiter/innen mit einem Dienstvertrag). Mitarbeiter/innen auf Basis eines freien Dienstvertrages oder eines Werkvertrages sind unter Punkt 1 mengenmäßig nicht darzustellen (wertmäßig unter Kostenart 6900 allerdings schon).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C06F5D" w:rsidRPr="00C06F5D" w:rsidRDefault="00C06F5D" w:rsidP="00C06F5D">
+    <w:p w14:paraId="47C7354D" w14:textId="77777777" w:rsidR="00C06F5D" w:rsidRPr="00C06F5D" w:rsidRDefault="00C06F5D" w:rsidP="00C06F5D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C06F5D" w:rsidRPr="00C06F5D" w:rsidRDefault="00C06F5D" w:rsidP="00C06F5D">
+    <w:p w14:paraId="4054AFE7" w14:textId="77777777" w:rsidR="00C06F5D" w:rsidRPr="00C06F5D" w:rsidRDefault="00C06F5D" w:rsidP="00C06F5D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>1.3</w:t>
       </w:r>
       <w:r w:rsidRPr="00C06F5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> Berechnung der PE bei ganzjährig gleichbleibendem Beschäftigungsausmaß</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C06F5D" w:rsidRPr="00C06F5D" w:rsidRDefault="00C06F5D" w:rsidP="00C06F5D">
+    <w:p w14:paraId="0BECFE19" w14:textId="77777777" w:rsidR="00C06F5D" w:rsidRPr="00C06F5D" w:rsidRDefault="00C06F5D" w:rsidP="00C06F5D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C06F5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Sofern die Mitarbeiterin von 1. Jänner bis 31. Dezember mit demselben Beschäftigungsausmaß durchgehend beschäftigt ist, so kann bei der Ermittlung der Personaleinheiten folgende Tabelle a</w:t>
       </w:r>
       <w:r w:rsidR="00840CEE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidRPr="00C06F5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>s Hilfsmittel verwendet werden:</w:t>
+        <w:t xml:space="preserve">s Hilfsmittel </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C06F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>verwendet</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C06F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> werden:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C06F5D" w:rsidRPr="00C06F5D" w:rsidRDefault="00C06F5D" w:rsidP="00C06F5D">
+    <w:p w14:paraId="1DDCBC02" w14:textId="77777777" w:rsidR="00C06F5D" w:rsidRPr="00C06F5D" w:rsidRDefault="00C06F5D" w:rsidP="00C06F5D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkStart w:id="0" w:name="_MON_1305553171"/>
-[...12 lines deleted...]
-    <w:bookmarkStart w:id="13" w:name="_MON_1305553014"/>
+    <w:bookmarkStart w:id="0" w:name="_MON_1305553179"/>
+    <w:bookmarkStart w:id="1" w:name="_MON_1305553197"/>
+    <w:bookmarkStart w:id="2" w:name="_MON_1305553203"/>
+    <w:bookmarkStart w:id="3" w:name="_MON_1305553642"/>
+    <w:bookmarkStart w:id="4" w:name="_MON_1305553905"/>
+    <w:bookmarkStart w:id="5" w:name="_MON_1305553943"/>
+    <w:bookmarkStart w:id="6" w:name="_MON_1305553952"/>
+    <w:bookmarkStart w:id="7" w:name="_MON_1305553963"/>
+    <w:bookmarkStart w:id="8" w:name="_MON_1305554441"/>
+    <w:bookmarkStart w:id="9" w:name="_MON_1305557787"/>
+    <w:bookmarkStart w:id="10" w:name="_MON_1305557834"/>
+    <w:bookmarkStart w:id="11" w:name="_MON_1305557844"/>
+    <w:bookmarkStart w:id="12" w:name="_MON_1305553014"/>
+    <w:bookmarkStart w:id="13" w:name="_MON_1305553165"/>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:id="14" w:name="_MON_1305553165"/>
+    <w:bookmarkStart w:id="14" w:name="_MON_1305553171"/>
     <w:bookmarkEnd w:id="14"/>
-    <w:p w:rsidR="00C06F5D" w:rsidRPr="00C06F5D" w:rsidRDefault="00C06F5D" w:rsidP="00C06F5D">
+    <w:p w14:paraId="382551AC" w14:textId="77777777" w:rsidR="00C06F5D" w:rsidRPr="00C06F5D" w:rsidRDefault="00C06F5D" w:rsidP="00C06F5D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C06F5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:object w:dxaOrig="9174" w:dyaOrig="2344">
+        <w:object w:dxaOrig="9174" w:dyaOrig="2344" w14:anchorId="4D0D0106">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:458.5pt;height:117.5pt" o:ole="">
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:458.7pt;height:117.55pt" o:ole="">
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Excel.Sheet.8" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1717583959" r:id="rId8"/>
+          <o:OLEObject Type="Embed" ProgID="Excel.Sheet.8" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1830419120" r:id="rId8"/>
         </w:object>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C06F5D" w:rsidRPr="00C06F5D" w:rsidRDefault="00D63FA8" w:rsidP="00C06F5D">
+    <w:p w14:paraId="0ABB0F20" w14:textId="77777777" w:rsidR="00C06F5D" w:rsidRPr="00C06F5D" w:rsidRDefault="00D63FA8" w:rsidP="00C06F5D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00C06F5D" w:rsidRPr="00C06F5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Beispiel: In einer Organisation mit einer 40 Stundenwoche sind 6 Personen ganzjährig mit folgendem Beschäftigungsausmaß </w:t>
       </w:r>
       <w:r w:rsidR="008A5804">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>angestellt</w:t>
       </w:r>
       <w:r w:rsidR="00C06F5D" w:rsidRPr="00C06F5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">: 40 Wo.Std., 30 Wo.Std., 25  Wo.Std., 20 Wo.Std. sowie 2 Personen mit jeweils 10 Wo.Std. –-&gt; zusammen somit insgesamt 3,38 PE. Anders gerechnet: 135 Wochenstunden dividiert durch 40 Wochenstunden = </w:t>
-      </w:r>
+        <w:t xml:space="preserve">: 40 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C06F5D" w:rsidRPr="00C06F5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Wo.Std</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C06F5D" w:rsidRPr="00C06F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., 30 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C06F5D" w:rsidRPr="00C06F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Wo.Std</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C06F5D" w:rsidRPr="00C06F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., 25  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C06F5D" w:rsidRPr="00C06F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Wo.Std</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C06F5D" w:rsidRPr="00C06F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., 20 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C06F5D" w:rsidRPr="00C06F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Wo.Std</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C06F5D" w:rsidRPr="00C06F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. sowie 2 Personen mit jeweils 10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C06F5D" w:rsidRPr="00C06F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Wo.Std</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C06F5D" w:rsidRPr="00C06F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. –-&gt; zusammen somit insgesamt 3,38 PE. Anders gerechnet: 135 Wochenstunden dividiert durch 40 Wochenstunden = </w:t>
+      </w:r>
+      <w:r w:rsidR="00C06F5D" w:rsidRPr="00C06F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:u w:val="double"/>
         </w:rPr>
         <w:t>3,38 PE</w:t>
       </w:r>
       <w:r w:rsidR="00C06F5D" w:rsidRPr="00C06F5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E21D45" w:rsidRPr="00C06F5D" w:rsidRDefault="00E21D45" w:rsidP="00E21D45">
+    <w:p w14:paraId="453FF7B8" w14:textId="77777777" w:rsidR="00E21D45" w:rsidRPr="00C06F5D" w:rsidRDefault="00E21D45" w:rsidP="00E21D45">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C06F5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F43B9" w:rsidRPr="00C06F5D" w:rsidRDefault="009F43B9" w:rsidP="009F43B9">
+    <w:p w14:paraId="420F376B" w14:textId="77777777" w:rsidR="009F43B9" w:rsidRPr="00C06F5D" w:rsidRDefault="009F43B9" w:rsidP="009F43B9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>1.4</w:t>
       </w:r>
       <w:r w:rsidRPr="00C06F5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> Berechnung der PE, wenn kein ganzes Jahr zugrunde liegt</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F43B9" w:rsidRPr="00C06F5D" w:rsidRDefault="00873F77" w:rsidP="009F43B9">
+    <w:p w14:paraId="5CCDDB16" w14:textId="45941DBF" w:rsidR="009F43B9" w:rsidRPr="00C06F5D" w:rsidRDefault="003B1709" w:rsidP="009F43B9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
-        <w:pict>
-[...203 lines deleted...]
-        </w:pict>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659776" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="06ED2783" wp14:editId="4D5B608F">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>0</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>507365</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5829300" cy="831215"/>
+                <wp:effectExtent l="5715" t="11430" r="13335" b="5080"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="837574871" name="Text Box 17"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5829300" cy="831215"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="36C8E097" w14:textId="77777777" w:rsidR="009F43B9" w:rsidRDefault="009F43B9" w:rsidP="009F43B9">
+                            <w:pPr>
+                              <w:jc w:val="both"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">2.080,00 Stunden bei 40 </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Std.Wo</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">. (40 </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Wo.Std</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">. x 52 Wochen) </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:tab/>
+                              <w:t>.........</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:tab/>
+                              <w:t xml:space="preserve">1 PE </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="535CDB4B" w14:textId="77777777" w:rsidR="009F43B9" w:rsidRPr="00B254D3" w:rsidRDefault="009F43B9" w:rsidP="009F43B9">
+                            <w:pPr>
+                              <w:jc w:val="both"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00B254D3">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">   346,40 Stunden (20 </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00B254D3">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Wo.Std</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00B254D3">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">. x 4,33 Wochen x 4 Monate)        </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:tab/>
+                              <w:t>..........</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:tab/>
+                            </w:r>
+                            <w:r w:rsidRPr="00B254D3">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">x PE ?  </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:tab/>
+                            </w:r>
+                            <w:r w:rsidRPr="00B254D3">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">--&gt; </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00B254D3">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:u w:val="double"/>
+                              </w:rPr>
+                              <w:t>0,17 PE</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="2C55AF4E" w14:textId="77777777" w:rsidR="009F43B9" w:rsidRPr="00891D8B" w:rsidRDefault="009F43B9" w:rsidP="009F43B9">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="6E32FBC1" w14:textId="77777777" w:rsidR="009F43B9" w:rsidRDefault="009F43B9" w:rsidP="009F43B9">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">1,976,00 Stunden bei 38 </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Std.Wo</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">. (38 </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Wo.Std</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">. x 52 Wochen)     </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:tab/>
+                              <w:t>..........</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:tab/>
+                              <w:t>1 PE</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="34F112B3" w14:textId="77777777" w:rsidR="009F43B9" w:rsidRPr="00F8044E" w:rsidRDefault="009F43B9" w:rsidP="009F43B9">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">   346,40 Stunden (20 </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Wo.Std</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>. x 4,33 Wochen x 4 Monate)</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:tab/>
+                              <w:t>..........</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:tab/>
+                              <w:t xml:space="preserve">x PE ?   --&gt; </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="005D1816">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:u w:val="double"/>
+                              </w:rPr>
+                              <w:t>0,18 PE</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:spAutoFit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="06ED2783" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 17" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:39.95pt;width:459pt;height:65.45pt;z-index:251659776;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDXb71UFAIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3a8SZtYcVbbbFNV&#10;2l6kbT8AY2yjYoYCiZ1+fQfsZNPbS1UeEMMMZ2bOHDa3Q6fIUVgnQRd0PkspEZpDJXVT0C+f9y9W&#10;lDjPdMUUaFHQk3D0dvv82aY3ucigBVUJSxBEu7w3BW29N3mSON6KjrkZGKHRWYPtmEfTNkllWY/o&#10;nUqyNH2Z9GArY4EL5/D2fnTSbcSva8H9x7p2whNVUKzNx93GvQx7st2wvLHMtJJPZbB/qKJjUmPS&#10;C9Q984wcrPwNqpPcgoPazzh0CdS15CL2gN3M01+6eWyZEbEXJMeZC03u/8HyD8dH88kSP7yGAQcY&#10;m3DmAfhXRzTsWqYbcWct9K1gFSaeB8qS3rh8ehqodrkLIGX/HiocMjt4iEBDbbvACvZJEB0HcLqQ&#10;LgZPOF4uV9n6JkUXR9/qZp7NlzEFy8+vjXX+rYCOhENBLQ41orPjg/OhGpafQ0IyB0pWe6lUNGxT&#10;7pQlR4YC2Mc1of8UpjTpC7peZsuRgL9CpHH9CaKTHpWsZIddXIJYHmh7o6uoM8+kGs9YstITj4G6&#10;kUQ/lAMGBj5LqE7IqIVRsfjD8NCC/U5Jj2otqPt2YFZQot5pnMp6vlgEeUdjsXyVoWGvPeW1h2mO&#10;UAX1lIzHnR+/xMFY2bSY6ayDO5zkXkaSn6qa6kZFRu6n3xMkf23HqKc/vv0BAAD//wMAUEsDBBQA&#10;BgAIAAAAIQCDMyOo3QAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJNK&#10;QBKyqRBVz5QWCXFzbDeJGq9D7KYpX89yguPOjGbelqvZ9WKyY+g8IaSLBIQl7U1HDcL7fnOXgQhR&#10;kVG9J4twsQFW1fVVqQrjz/Rmp11sBJdQKBRCG+NQSBl0a50KCz9YYu/gR6cin2MjzajOXO56uUyS&#10;B+lUR7zQqsG+tFYfdyeHENbbr0EftvWxNZfv1/V0rz82n4i3N/PzE4ho5/gXhl98RoeKmWp/IhNE&#10;j8CPRITHPAfBbp5mLNQIyzTJQFal/M9f/QAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDX&#10;b71UFAIAACsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQCDMyOo3QAAAAcBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;">
+                <v:textbox style="mso-fit-shape-to-text:t">
+                  <w:txbxContent>
+                    <w:p w14:paraId="36C8E097" w14:textId="77777777" w:rsidR="009F43B9" w:rsidRDefault="009F43B9" w:rsidP="009F43B9">
+                      <w:pPr>
+                        <w:jc w:val="both"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">2.080,00 Stunden bei 40 </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Std.Wo</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">. (40 </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Wo.Std</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">. x 52 Wochen) </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:tab/>
+                        <w:t>.........</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:tab/>
+                        <w:t xml:space="preserve">1 PE </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="535CDB4B" w14:textId="77777777" w:rsidR="009F43B9" w:rsidRPr="00B254D3" w:rsidRDefault="009F43B9" w:rsidP="009F43B9">
+                      <w:pPr>
+                        <w:jc w:val="both"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00B254D3">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">   346,40 Stunden (20 </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00B254D3">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Wo.Std</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00B254D3">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">. x 4,33 Wochen x 4 Monate)        </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:tab/>
+                        <w:t>..........</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:tab/>
+                      </w:r>
+                      <w:r w:rsidRPr="00B254D3">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">x PE ?  </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:tab/>
+                      </w:r>
+                      <w:r w:rsidRPr="00B254D3">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">--&gt; </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00B254D3">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:u w:val="double"/>
+                        </w:rPr>
+                        <w:t>0,17 PE</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="2C55AF4E" w14:textId="77777777" w:rsidR="009F43B9" w:rsidRPr="00891D8B" w:rsidRDefault="009F43B9" w:rsidP="009F43B9">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="6E32FBC1" w14:textId="77777777" w:rsidR="009F43B9" w:rsidRDefault="009F43B9" w:rsidP="009F43B9">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">1,976,00 Stunden bei 38 </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Std.Wo</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">. (38 </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Wo.Std</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">. x 52 Wochen)     </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:tab/>
+                        <w:t>..........</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:tab/>
+                        <w:t>1 PE</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="34F112B3" w14:textId="77777777" w:rsidR="009F43B9" w:rsidRPr="00F8044E" w:rsidRDefault="009F43B9" w:rsidP="009F43B9">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">   346,40 Stunden (20 </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Wo.Std</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>. x 4,33 Wochen x 4 Monate)</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:tab/>
+                        <w:t>..........</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:tab/>
+                        <w:t xml:space="preserve">x PE ?   --&gt; </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="005D1816">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:u w:val="double"/>
+                        </w:rPr>
+                        <w:t>0,18 PE</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="009F43B9" w:rsidRPr="00C06F5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Beispiel: Am 1. September wird eine neue Mitarbeiterin mit einem Beschäftigungsausmaß von 20 Wo.Std. aufgenommen. Es wird ein Dienstvertrag abgeschlossen. Die Mitarbeiterin arbeitet in dem betref</w:t>
+        <w:t xml:space="preserve">Beispiel: Am 1. September wird eine neue Mitarbeiterin mit einem Beschäftigungsausmaß von 20 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009F43B9" w:rsidRPr="00C06F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Wo.Std</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009F43B9" w:rsidRPr="00C06F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. aufgenommen. Es wird ein Dienstvertrag abgeschlossen. Die Mitarbeiterin arbeitet in dem betref</w:t>
       </w:r>
       <w:r w:rsidR="009F43B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">fenden Jahr = </w:t>
       </w:r>
       <w:r w:rsidR="009F43B9" w:rsidRPr="00C06F5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>4 Monate (Sept. – Dez.). Anmerkung: 52 Wochen : 12 Monate = 4,33 Wochen.</w:t>
       </w:r>
       <w:r w:rsidR="009F43B9" w:rsidRPr="00E21D45">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F43B9" w:rsidRPr="00C06F5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">4 Monate (Sept. – Dez.). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F43B9" w:rsidRDefault="009F43B9" w:rsidP="00C06F5D">
+    <w:p w14:paraId="605AC550" w14:textId="77777777" w:rsidR="009F43B9" w:rsidRDefault="009F43B9" w:rsidP="00C06F5D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009F43B9" w:rsidRDefault="009F43B9" w:rsidP="00C06F5D">
+    <w:p w14:paraId="1550849A" w14:textId="77777777" w:rsidR="009F43B9" w:rsidRDefault="009F43B9" w:rsidP="00C06F5D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00555EAB" w:rsidRPr="00C06F5D" w:rsidRDefault="00841032" w:rsidP="00C06F5D">
+    <w:p w14:paraId="4CFBC90F" w14:textId="77777777" w:rsidR="00555EAB" w:rsidRPr="00C06F5D" w:rsidRDefault="00841032" w:rsidP="00C06F5D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">2  </w:t>
       </w:r>
       <w:r w:rsidR="00890939" w:rsidRPr="00C06F5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
@@ -1043,834 +1709,862 @@
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Personalaufwendungen</w:t>
       </w:r>
       <w:r w:rsidR="00992EBA" w:rsidRPr="00C06F5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00890939" w:rsidRPr="00C06F5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>zuzuordnen?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00890939" w:rsidRDefault="00890939">
+    <w:p w14:paraId="725D185E" w14:textId="77777777" w:rsidR="00890939" w:rsidRDefault="00890939">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9195" w:type="dxa"/>
         <w:tblInd w:w="55" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="603"/>
         <w:gridCol w:w="2140"/>
         <w:gridCol w:w="6452"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004334DA">
+      <w:tr w:rsidR="004334DA" w14:paraId="3670A2B9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004334DA" w:rsidRDefault="004334DA">
+          <w:p w14:paraId="787CB8C5" w14:textId="77777777" w:rsidR="004334DA" w:rsidRDefault="004334DA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Konto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004334DA" w:rsidRDefault="004334DA">
+          <w:p w14:paraId="63C949B0" w14:textId="77777777" w:rsidR="004334DA" w:rsidRDefault="004334DA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Bezeichnung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6452" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004334DA" w:rsidRDefault="004334DA">
+          <w:p w14:paraId="3C1CC2F9" w14:textId="77777777" w:rsidR="004334DA" w:rsidRDefault="004334DA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Inhaltliche Zuordnungsbeispiele</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004334DA">
+      <w:tr w:rsidR="004334DA" w14:paraId="03906255" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1418"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004334DA" w:rsidRDefault="004334DA">
+          <w:p w14:paraId="1A1F6C00" w14:textId="77777777" w:rsidR="004334DA" w:rsidRDefault="004334DA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6010</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009D0E1A" w:rsidRDefault="004334DA">
+          <w:p w14:paraId="427EF8D8" w14:textId="77777777" w:rsidR="009D0E1A" w:rsidRDefault="004334DA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Löhne und Gehälter inkl. Nebenkosten für </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004334DA" w:rsidRDefault="004334DA">
+          <w:p w14:paraId="1C1D3CD4" w14:textId="77777777" w:rsidR="004334DA" w:rsidRDefault="004334DA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Mitarbeiter</w:t>
             </w:r>
             <w:r w:rsidR="009D0E1A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>/Mitarbeiterinnen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6452" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004334DA" w:rsidRDefault="004334DA" w:rsidP="004334DA">
+          <w:p w14:paraId="28B359FF" w14:textId="77777777" w:rsidR="004334DA" w:rsidRDefault="004334DA" w:rsidP="004334DA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Löhne u. Gehälter, Sonderzahlungen, Urlaubsabfindung, Urlaubsentschädigung, Sachbezug, Aushilfslöhne, Erschwerniszulagen, Jubiläumsbezüge, Auszahlungen für Überstunden, Zeitausgleich bzw</w:t>
             </w:r>
             <w:r w:rsidR="008A5804">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Pensionen, Familienzulagen, Kinderzulagen, Fahrtkostenzuschüsse, Dienstgeberanteil GKK, SV Beiträge Arbeiter und Angestellte, DB Familienlastenausgleichsfonds, Familienbeihilfe, Zuschlag zum DB, Dienstgeberanteil GKK SZ, Kommunalsteuer, Invalidenausgleichstaxe</w:t>
+              <w:t xml:space="preserve"> Pensionen, Familienzulagen, Kinderzulagen, Fahrtkostenzuschüsse, Dienstgeberanteil GKK, SV Beiträge Arbeiter und Angestellte, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>DB Familienlastenausgleichsfonds</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>, Familienbeihilfe, Zuschlag zum DB, Dienstgeberanteil GKK SZ, Kommunalsteuer, Invalidenausgleichstaxe</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004334DA">
+      <w:tr w:rsidR="004334DA" w14:paraId="67E7E7CD" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004334DA" w:rsidRDefault="004334DA">
+          <w:p w14:paraId="5519106C" w14:textId="77777777" w:rsidR="004334DA" w:rsidRDefault="004334DA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6400</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004334DA" w:rsidRDefault="004334DA">
+          <w:p w14:paraId="3D97EC41" w14:textId="77777777" w:rsidR="004334DA" w:rsidRDefault="004334DA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Abfertigungen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6452" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004334DA" w:rsidRDefault="004334DA" w:rsidP="004334DA">
+          <w:p w14:paraId="084F5E78" w14:textId="77777777" w:rsidR="004334DA" w:rsidRDefault="004334DA" w:rsidP="004334DA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Aufwand für tatsächlich angefallene Abfertigungen (Abfertigung alt)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004334DA">
+      <w:tr w:rsidR="004334DA" w14:paraId="0FA5D2A5" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004334DA" w:rsidRDefault="004334DA">
+          <w:p w14:paraId="46B484E1" w14:textId="77777777" w:rsidR="004334DA" w:rsidRDefault="004334DA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6420</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004334DA" w:rsidRDefault="004334DA">
+          <w:p w14:paraId="165A8AAD" w14:textId="77777777" w:rsidR="004334DA" w:rsidRDefault="004334DA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Personalrückstellungen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6452" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004334DA" w:rsidRDefault="004334DA" w:rsidP="004334DA">
+          <w:p w14:paraId="2A86C7A5" w14:textId="77777777" w:rsidR="004334DA" w:rsidRDefault="004334DA" w:rsidP="004334DA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Dotierung bzw</w:t>
             </w:r>
             <w:r w:rsidR="008A5804">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Auflösung von Rückstellungen für Urlaub, Abfertigung, Jubiläumsgeld, Überstunden, Zeitausgleich etc</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> Auflösung von Rückstellungen für Urlaub, Abfertigung, Jubiläumsgeld, Überstunden, Zeitausgleich </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>etc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004334DA">
+      <w:tr w:rsidR="004334DA" w14:paraId="6E995E59" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="720"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004334DA" w:rsidRDefault="004334DA">
+          <w:p w14:paraId="678EC547" w14:textId="77777777" w:rsidR="004334DA" w:rsidRDefault="004334DA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6700</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004334DA" w:rsidRDefault="004334DA">
+          <w:p w14:paraId="6B331D9E" w14:textId="77777777" w:rsidR="004334DA" w:rsidRDefault="004334DA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Sonstige Sozialkosten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6452" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004334DA" w:rsidRDefault="004334DA" w:rsidP="004334DA">
+          <w:p w14:paraId="230414A9" w14:textId="77777777" w:rsidR="004334DA" w:rsidRDefault="004334DA" w:rsidP="004334DA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Freiwilliger Sozialaufwand, Betriebsratsfonds, Arbeitskleidung, Kleiderbeihilfe, freie Station (freies Wohnen), freie Verpflegung, Aufwendungen für Betriebsausflug</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004334DA">
+      <w:tr w:rsidR="004334DA" w14:paraId="63E1B77A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004334DA" w:rsidRDefault="004334DA">
+          <w:p w14:paraId="0CC57D10" w14:textId="77777777" w:rsidR="004334DA" w:rsidRDefault="004334DA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6800</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004334DA" w:rsidRDefault="004334DA">
+          <w:p w14:paraId="0F5B84B0" w14:textId="77777777" w:rsidR="004334DA" w:rsidRDefault="004334DA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Aus- und Weiterbildung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6452" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004334DA" w:rsidRDefault="004334DA" w:rsidP="004334DA">
+          <w:p w14:paraId="44FE1E6B" w14:textId="77777777" w:rsidR="004334DA" w:rsidRDefault="004334DA" w:rsidP="004334DA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Fortbildungsaufwand Dienstnehmer, Aus- und Weiterbildung, Schulungskosten Personal, Supervision</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004334DA">
+      <w:tr w:rsidR="004334DA" w14:paraId="10A8E66B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="983"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004334DA" w:rsidRDefault="004334DA">
+          <w:p w14:paraId="65489D88" w14:textId="77777777" w:rsidR="004334DA" w:rsidRDefault="004334DA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6900</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004334DA" w:rsidRDefault="004334DA">
+          <w:p w14:paraId="2DD05EEC" w14:textId="77777777" w:rsidR="004334DA" w:rsidRDefault="004334DA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Fremdpersonal/Honorare</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6452" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004334DA" w:rsidRDefault="004334DA" w:rsidP="004334DA">
+          <w:p w14:paraId="2DD64885" w14:textId="77777777" w:rsidR="004334DA" w:rsidRDefault="004334DA" w:rsidP="004334DA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Fremd- und Leihpersonal, Honorare für freie Mitarbeiter</w:t>
             </w:r>
             <w:r w:rsidR="009D0E1A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>/Mitarbeiterinnen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -1878,763 +2572,763 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>, Arztkosten, Honorare aus Werkverträgen, Entschädigung für Schwestern und Patres, Zivildiener u</w:t>
             </w:r>
             <w:r w:rsidR="009D0E1A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">nd Sozialhelfer, Praktikanten/Praktikantinnen, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Diakonischer Einsatz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004334DA" w:rsidRDefault="004334DA">
+    <w:p w14:paraId="3A9C5104" w14:textId="77777777" w:rsidR="004334DA" w:rsidRDefault="004334DA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004334DA" w:rsidRDefault="004334DA">
+    <w:p w14:paraId="19DCDE7F" w14:textId="77777777" w:rsidR="004334DA" w:rsidRDefault="004334DA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004334DA" w:rsidRPr="00C06F5D" w:rsidRDefault="004334DA">
+    <w:p w14:paraId="49507206" w14:textId="77777777" w:rsidR="004334DA" w:rsidRPr="00C06F5D" w:rsidRDefault="004334DA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00992EBA" w:rsidRPr="00C06F5D" w:rsidRDefault="00841032">
+    <w:p w14:paraId="2E331963" w14:textId="77777777" w:rsidR="00992EBA" w:rsidRPr="00C06F5D" w:rsidRDefault="00841032">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">3  </w:t>
       </w:r>
       <w:r w:rsidR="00992EBA" w:rsidRPr="00C06F5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">Was ist den einzelnen Kostenarten im Bereich </w:t>
       </w:r>
       <w:r w:rsidR="00D47E62" w:rsidRPr="00C06F5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Sachaufwendungen</w:t>
       </w:r>
       <w:r w:rsidR="00992EBA" w:rsidRPr="00C06F5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> zuzuordnen?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00992EBA" w:rsidRDefault="00992EBA">
+    <w:p w14:paraId="7961B032" w14:textId="77777777" w:rsidR="00992EBA" w:rsidRDefault="00992EBA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9195" w:type="dxa"/>
         <w:tblInd w:w="55" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="603"/>
         <w:gridCol w:w="2140"/>
         <w:gridCol w:w="6452"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004E521E">
+      <w:tr w:rsidR="004E521E" w14:paraId="2F93EC4C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E">
+          <w:p w14:paraId="33B16813" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Konto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E">
+          <w:p w14:paraId="37F268C2" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Bezeichnung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6452" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E">
+          <w:p w14:paraId="69A9BBBB" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Inhaltliche Zuordnungsbeispiele</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E521E">
+      <w:tr w:rsidR="004E521E" w14:paraId="6F7D3FBA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="58DCE0A5" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="2CA30D42" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Lebensmittel/Verpflegung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6452" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="0640655C" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Aufwand Küche, Lebensmittel, Getränke, Verpflegungskosten, Pfand, Küchenzubehör (Geschirr)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E521E">
+      <w:tr w:rsidR="004E521E" w14:paraId="6C468B4A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1729"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="3302C373" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="0C10D671" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Materialien</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6452" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="7CFF6159" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Material Beschäftigungstherapie, Wareneinkauf Werkstätten, Kreativmaterial, Werkmaterial, Verbrauchswerkzeuge, Verpackungsmaterial, Hilfs- und Betriebsstoffe, Verbrauchsstoffe, Gesundheits- und Körperpflege, Hauserfordernisse, Bekleidung und Schuhe, </w:t>
             </w:r>
             <w:r w:rsidR="008A5804">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>sonstige Aufwendungen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Bewohner, Pflegematerial, Therapiematerialien, Spielmaterial, Bettzeug, Wäsche, Ersatzbeschaffungen Textil, Verbrauchs- und Bastelmaterial für Betreute, Therapiebedarf, Spiele und Bücher für Kinder, Bastel- und Werkmaterial, Wäsche und Stoffe, Kleidung für Kinder, Hygieneartikel und Körperpflege, Medikamente und Rezeptgebühren</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E521E">
+      <w:tr w:rsidR="004E521E" w14:paraId="1165100D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="695A8EBD" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5600</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="5222E869" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Energie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6452" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="203AF8BC" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Heizmaterial, Brennstoffe, Heizung, Energiebezüge Wärme, Energiebezüge Strom, Energiebezüge Erdgas, Energiebezüge</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E521E">
+      <w:tr w:rsidR="004E521E" w14:paraId="42C6B4C6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="698"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="6D258EB3" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>7000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="54E049E9" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Abschreibungen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6452" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="3B80443D" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Abschreibung Gebäude, Abschreibung Betriebs- und Geschäftsausstattung, Abschreibung Maschinen, Abschreibungen KFZ, Erträge aus Auflösung von Bewertungsreserven</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E521E">
+      <w:tr w:rsidR="004E521E" w14:paraId="4B68C15A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1523"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="5C11D6E3" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>7200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="336D9CD4" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Instandhaltung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6452" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="0F264D1B" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Instandhaltung und Reparatur Einrichtung, Instandhaltung bewegliche Wirtschaftsgüter, Instandhaltung Gebäude, Service und Wartung, Instandhaltung Straßen, Wege und Außenanlagen, Instandhaltung Heizungsanlagen, Instandhaltung Maschinen und </w:t>
             </w:r>
             <w:r w:rsidR="009D0E1A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2657,936 +3351,954 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Instandhaltung medizinische Einrichtung, Instandhaltung</w:t>
             </w:r>
             <w:r w:rsidR="009D0E1A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Büromaschinen und EDV-Anlagen, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Instandhaltung Einrichtung, Instandhaltung Telefonanlagen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E521E">
+      <w:tr w:rsidR="004E521E" w14:paraId="7A9DECF1" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="672"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="0CCE6A8C" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>7210</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="65DA2FF5" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Geringwertige Wirtschaftsgüter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6452" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="7E6EC58F" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>GWG (geringwertige Wirtschaftsgüter des Anlagevermögens, dessen Anschaffungswert 400 Euro nicht übersteigt, können laut EStG im Zugangsjahr voll abgeschrieben werden.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E521E">
+      <w:tr w:rsidR="004E521E" w14:paraId="10F449C4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="529"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="1797CC45" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>7230</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="35842A24" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Reinigung / Fremdreinigung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6452" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="2A516DF6" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Fremdreinigung Gebäude und Einrichtungen, Wäschereinigung, Reinigungsmaterial, Fremdreinigung</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E521E">
+      <w:tr w:rsidR="004E521E" w14:paraId="2326C33C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="709"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="06BE9E0D" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>7310</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="59C214E4" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>KFZ- und Transportkosten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6452" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="05A84334" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Instandhaltung Kraftfahrzeuge, Kraftstoffe, Allgemeiner Transportaufwand, KFZ-Leasing, KFZ-Steuer, KFZ-Versicherung, Ausgangsfrachten, Treibstoffe, Aufwand für Reparaturen und Service, Transport durch Dritte, Maut- und Parkgebühren, Miete KFZ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E521E">
+      <w:tr w:rsidR="004E521E" w14:paraId="5995BB24" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="492"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="211CA81F" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>7320</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="636A6023" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Reise- und Fahrkosten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6452" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="02F7055F" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Fahrtkosten, Reisekosten, Diäten, KM-Gelder, Fahrt- und Reisespesen, Verpflegungsspesen und Nächtigungsgelder</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E521E">
+      <w:tr w:rsidR="004E521E" w14:paraId="13CC05E7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="603945AC" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>7410</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="1032B00E" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Miete, Pacht, Leasing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6452" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="0398B107" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Miete u. Pacht, Miete Wohnungsfreunde, Miete und Wartung Brandmeldeanlage, Miete und Leasing Telefon und EDV</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E521E">
+      <w:tr w:rsidR="004E521E" w14:paraId="089806BB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="150B36C7" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>7420</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="6A412B2F" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Betriebskosten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6452" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="6122A16F" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Betriebskosten, Kanalgebühren und Müllabfuhr (inkl</w:t>
             </w:r>
             <w:r w:rsidR="008A5804">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Container), Wasser, Rauchfangkehrer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E521E">
+      <w:tr w:rsidR="004E521E" w14:paraId="239EE5DA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="649"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="4B46DA85" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>7610</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="783A0F0F" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Werbung, Öffentlichkeitsarbeit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6452" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Werbekosten (Inserate, Messen, etc), Geschäftsanbahnung, Werbeaufwand innerbetrieblich, Öffentlichkeitsarbeit, Inserate, Veröffentlichungen, sonstiger Werbeaufwand, </w:t>
+          <w:p w14:paraId="66609E1F" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Werbekosten (Inserate, Messen, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>etc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">), Geschäftsanbahnung, Werbeaufwand innerbetrieblich, Öffentlichkeitsarbeit, Inserate, Veröffentlichungen, sonstiger Werbeaufwand, </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E521E">
+      <w:tr w:rsidR="004E521E" w14:paraId="05C3389E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="21E4A6D3" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>7621</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="5BE0C331" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Büromaterial, EDV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6452" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="58AD2722" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Büromaterial, EDV-Material, Vordrucke u. Formulare, Fotomaterial, Kopierkosten</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E521E">
+      <w:tr w:rsidR="004E521E" w14:paraId="25F1C3C2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="649"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="2D5FC324" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>7622</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="4DCE0954" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Rechts-</w:t>
             </w:r>
             <w:r w:rsidR="00F570A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -3604,1218 +4316,1189 @@
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>kosten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6452" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="7448BFC4" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Buchhaltungs-, Personalverrechnungs- u. Auswertungskosten, Rechts-, Prüf- und </w:t>
             </w:r>
             <w:r w:rsidR="009D0E1A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Beratungsaufwand (Jahresabschluss und Steuerberatung), Unternehmensberatung</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E521E">
+      <w:tr w:rsidR="004E521E" w14:paraId="1B875287" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="458"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="46EF9F33" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>7623</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="71BB4A6E" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Telefon, Fax, Porto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6452" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="3923552C" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Postgebühren, andere Postnetzdienste, Telefongebühren, Telefonwertkarten, Internet</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E521E">
+      <w:tr w:rsidR="004E521E" w14:paraId="7D7E747B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="458"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="3175BAD8" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>7624</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="0C8DB3FC" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Versicherungen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6452" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="333E70E9" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Versicherungen allgemein, Gebäudeversicherungen, Haftpflichtversicherungen, Unfallversicherungen, sonstige Versicherungen </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E521E">
+      <w:tr w:rsidR="004E521E" w14:paraId="061FE61A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="77478AB7" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>7625</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009D0E1A" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="0EA18E63" w14:textId="77777777" w:rsidR="009D0E1A" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Gebühren, Abgaben, </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="66E021D6" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Steuern</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6452" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="3F7EFF96" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Grundsteuer, Sonstige Steuern, Gebühren und Beiträge, Umlagen und Pflichtbeiträge, Stempelmarken, Öffentliche Abgaben</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E521E">
+      <w:tr w:rsidR="004E521E" w14:paraId="158EEF3A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="10CB274D" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>7626</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="5CAF5CC2" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Übrige Verwaltungskosten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6452" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
-[...13 lines deleted...]
-              <w:t>Sonstiger Verwaltungsaufwand, Spesen des Geldverkehrs,, Fachliteratur u. Zeitungen,</w:t>
+          <w:p w14:paraId="4E8669A0" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sonstiger Verwaltungsaufwand, Spesen des </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Geldverkehrs,,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Fachliteratur u. Zeitungen,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E521E">
+      <w:tr w:rsidR="004E521E" w14:paraId="24EB9362" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="277C3E37" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>7810</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="646B9C05" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Kosten für Betreute</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6452" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="0F4D5611" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Taschen- und Arbeitsgeld für Bewohner, Taschengeld Kinder</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E521E">
+      <w:tr w:rsidR="004E521E" w14:paraId="36BAEDEB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="889"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="7C81DBD5" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>7820</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="1CDB744A" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Sonstige Kosten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6452" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
+          <w:p w14:paraId="2A0902BE" w14:textId="77777777" w:rsidR="004E521E" w:rsidRDefault="004E521E" w:rsidP="0059547C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Groschenausgleiche, Rundungsdifferenzen Anlagen, Sonstige Schadensfälle, Aufwand aus Vorperioden, </w:t>
             </w:r>
             <w:r w:rsidR="008A5804">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Skontoaufwand, sonstige Aufwendungen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>, Abschreibung Forderungen, uneinbringliche Forderungen, Kursdifferenzen, Unterstützungsbeihilfen, Spenden, Aufwand für Pferde, Aufwand für Kirche, Aufwand für Erbschaften</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004334DA" w:rsidRDefault="004334DA">
+    <w:p w14:paraId="3C46215E" w14:textId="77777777" w:rsidR="004334DA" w:rsidRDefault="004334DA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004334DA" w:rsidRDefault="004334DA">
+    <w:p w14:paraId="697AFA8C" w14:textId="77777777" w:rsidR="004334DA" w:rsidRDefault="004334DA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003A3CA8" w:rsidRDefault="003A3CA8">
+    <w:p w14:paraId="2DEAC02D" w14:textId="77777777" w:rsidR="003A3CA8" w:rsidRDefault="003A3CA8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00444A3C" w:rsidRPr="00444A3C" w:rsidRDefault="00444A3C" w:rsidP="00444A3C">
+    <w:p w14:paraId="21DB46BB" w14:textId="77777777" w:rsidR="00444A3C" w:rsidRPr="00444A3C" w:rsidRDefault="00444A3C" w:rsidP="00444A3C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">4  </w:t>
       </w:r>
       <w:r w:rsidRPr="00444A3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Was zählt zu den Finanzerträgen und Finanzaufwendungen?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00444A3C" w:rsidRDefault="00444A3C" w:rsidP="00444A3C">
+    <w:p w14:paraId="7435393D" w14:textId="77777777" w:rsidR="00444A3C" w:rsidRDefault="00444A3C" w:rsidP="00444A3C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9195" w:type="dxa"/>
         <w:tblInd w:w="55" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="603"/>
         <w:gridCol w:w="2140"/>
         <w:gridCol w:w="6452"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00444A3C">
+      <w:tr w:rsidR="00444A3C" w14:paraId="05BCF43F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00444A3C" w:rsidRDefault="00444A3C">
+          <w:p w14:paraId="38E1DA0A" w14:textId="77777777" w:rsidR="00444A3C" w:rsidRDefault="00444A3C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Konto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00444A3C" w:rsidRDefault="00444A3C">
+          <w:p w14:paraId="4B76754B" w14:textId="77777777" w:rsidR="00444A3C" w:rsidRDefault="00444A3C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Bezeichnung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6452" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00444A3C" w:rsidRDefault="00444A3C">
+          <w:p w14:paraId="1A7E98E9" w14:textId="77777777" w:rsidR="00444A3C" w:rsidRDefault="00444A3C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Inhaltliche Zuordnungsbeispiele</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00444A3C">
+      <w:tr w:rsidR="00444A3C" w14:paraId="6D97C957" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="799"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00444A3C" w:rsidRDefault="00444A3C">
+          <w:p w14:paraId="3CF2C0F2" w14:textId="77777777" w:rsidR="00444A3C" w:rsidRDefault="00444A3C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="800000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="800000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>8100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00444A3C" w:rsidRDefault="00444A3C">
+          <w:p w14:paraId="47E0D643" w14:textId="77777777" w:rsidR="00444A3C" w:rsidRDefault="00444A3C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Finanzerträge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6452" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00444A3C" w:rsidRDefault="00444A3C" w:rsidP="00444A3C">
+          <w:p w14:paraId="178893B8" w14:textId="77777777" w:rsidR="00444A3C" w:rsidRDefault="00444A3C" w:rsidP="00444A3C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Zinserträge aus Bankguthaben oder gewährten Darlehen, Zinserträge aus Anleihen, Wertpapiererträge, Gewinnausschüttungen aus Aktien, Erträge aus Beteiligungen an Personen- und Kapitalgesellschaften</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00444A3C">
+      <w:tr w:rsidR="00444A3C" w14:paraId="52225084" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="799"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00444A3C" w:rsidRDefault="00444A3C">
+          <w:p w14:paraId="73140417" w14:textId="77777777" w:rsidR="00444A3C" w:rsidRDefault="00444A3C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="800000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="800000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>8200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00444A3C" w:rsidRDefault="00444A3C">
+          <w:p w14:paraId="61EDDF5D" w14:textId="77777777" w:rsidR="00444A3C" w:rsidRDefault="00444A3C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Finanzaufwendungen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6452" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00444A3C" w:rsidRDefault="00444A3C" w:rsidP="00444A3C">
+          <w:p w14:paraId="7D9EDA1C" w14:textId="77777777" w:rsidR="00444A3C" w:rsidRDefault="00444A3C" w:rsidP="00444A3C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Zinsaufwendungen für Darlehen und Kredite bei der Bank, Verzugszinsaufwendungen und Mahnspesen wegen unbezahlter Rechnungen, Abschreibungen vom Finanzvermögen, Abschreibungen auf Beteiligungen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00444A3C" w:rsidRDefault="00444A3C" w:rsidP="00444A3C">
+    <w:p w14:paraId="0977CAF9" w14:textId="77777777" w:rsidR="00444A3C" w:rsidRDefault="00444A3C" w:rsidP="00444A3C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00444A3C" w:rsidRDefault="00444A3C" w:rsidP="00444A3C">
+    <w:p w14:paraId="53B25EF7" w14:textId="77777777" w:rsidR="00444A3C" w:rsidRDefault="00444A3C" w:rsidP="00444A3C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00873F77" w:rsidRDefault="00873F77" w:rsidP="00444A3C">
+    <w:p w14:paraId="7CF1FF85" w14:textId="77777777" w:rsidR="00444A3C" w:rsidRDefault="00444A3C" w:rsidP="00444A3C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00873F77" w:rsidRDefault="00873F77" w:rsidP="00444A3C">
-[...45 lines deleted...]
-    <w:p w:rsidR="00444A3C" w:rsidRDefault="00444A3C" w:rsidP="00444A3C">
+    <w:p w14:paraId="6AE490B1" w14:textId="77777777" w:rsidR="00444A3C" w:rsidRDefault="00444A3C" w:rsidP="00444A3C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">5  </w:t>
       </w:r>
       <w:r w:rsidRPr="00444A3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">Was zählt zu den außerordentlichen </w:t>
       </w:r>
       <w:r w:rsidR="00DB1C9B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Erträgen u.</w:t>
       </w:r>
       <w:r w:rsidRPr="00444A3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4825,835 +5508,1185 @@
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> außerordentlichen </w:t>
       </w:r>
       <w:r w:rsidR="00DB1C9B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Aufwendungen</w:t>
       </w:r>
       <w:r w:rsidRPr="00444A3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00444A3C" w:rsidRDefault="00444A3C" w:rsidP="00444A3C">
+    <w:p w14:paraId="5D8FCE69" w14:textId="77777777" w:rsidR="00444A3C" w:rsidRDefault="00444A3C" w:rsidP="00444A3C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9195" w:type="dxa"/>
         <w:tblInd w:w="55" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="603"/>
         <w:gridCol w:w="2140"/>
         <w:gridCol w:w="6452"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00444A3C">
+      <w:tr w:rsidR="00444A3C" w14:paraId="4227891B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00444A3C" w:rsidRDefault="00444A3C">
+          <w:p w14:paraId="70EE7293" w14:textId="77777777" w:rsidR="00444A3C" w:rsidRDefault="00444A3C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Konto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00444A3C" w:rsidRDefault="00444A3C">
+          <w:p w14:paraId="06AE68D8" w14:textId="77777777" w:rsidR="00444A3C" w:rsidRDefault="00444A3C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Bezeichnung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6452" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00444A3C" w:rsidRDefault="00444A3C">
+          <w:p w14:paraId="6BF8C842" w14:textId="77777777" w:rsidR="00444A3C" w:rsidRDefault="00444A3C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Inhaltliche Zuordnungsbeispiele</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00444A3C">
+      <w:tr w:rsidR="00444A3C" w14:paraId="6F9A7B88" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1200"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00444A3C" w:rsidRDefault="00444A3C">
+          <w:p w14:paraId="01C3B7D7" w14:textId="77777777" w:rsidR="00444A3C" w:rsidRDefault="00444A3C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="800000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="800000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>8410</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00444A3C" w:rsidRDefault="00444A3C">
+          <w:p w14:paraId="4C705D37" w14:textId="77777777" w:rsidR="00444A3C" w:rsidRDefault="00444A3C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Außerordentliche</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>Erträge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6452" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00444A3C" w:rsidRDefault="00444A3C" w:rsidP="00444A3C">
+          <w:p w14:paraId="0DB4E3F9" w14:textId="77777777" w:rsidR="00444A3C" w:rsidRDefault="00444A3C" w:rsidP="00444A3C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Erträge, die ungewöhnlich sind, selten vorkommen und sich in absehbarer Zeit nicht wiederholen werden, sind den "außergewöhnlichen Erträgen" zuzuordnen. Hierzu zählen z.B. Erträge aus dem Verkauf von Anlagevermögen, Schadenersatzleistungen usw.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00444A3C">
+      <w:tr w:rsidR="00444A3C" w14:paraId="33DC638E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1200"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00444A3C" w:rsidRDefault="00444A3C">
+          <w:p w14:paraId="1481F377" w14:textId="77777777" w:rsidR="00444A3C" w:rsidRDefault="00444A3C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="800000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="800000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>8420</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00444A3C" w:rsidRDefault="00444A3C">
+          <w:p w14:paraId="5865D4CD" w14:textId="77777777" w:rsidR="00444A3C" w:rsidRDefault="00444A3C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Außerordentliche</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>Aufwendungen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6452" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00444A3C" w:rsidRDefault="00444A3C" w:rsidP="00444A3C">
+          <w:p w14:paraId="55A19BA1" w14:textId="77777777" w:rsidR="00444A3C" w:rsidRDefault="00444A3C" w:rsidP="00444A3C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Aufwendungen, die ungewöhnlich sind, selten vorkommen und sich in absehbarer Zeit nicht wiederholen werden, sind den "außergewöhnlichen Aufwendungen" zuzuordnen. Hierzu zählen z.B. Aufwendungen aus Betriebsstilllegungen, außerplanmäßige Abschreibungen aus Katastrophenereignissen, auße</w:t>
             </w:r>
             <w:r w:rsidR="008A5804">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>gewöhnliche Schadensfälle usw.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00444A3C" w:rsidRDefault="00444A3C" w:rsidP="00444A3C">
+    <w:p w14:paraId="28E3FFED" w14:textId="77777777" w:rsidR="00444A3C" w:rsidRDefault="00444A3C" w:rsidP="00444A3C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00444A3C" w:rsidRDefault="00444A3C" w:rsidP="00444A3C">
+    <w:p w14:paraId="4DDDE98F" w14:textId="77777777" w:rsidR="00444A3C" w:rsidRDefault="00444A3C" w:rsidP="00444A3C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00444A3C" w:rsidRDefault="00444A3C" w:rsidP="00444A3C">
+    <w:p w14:paraId="5555F135" w14:textId="77777777" w:rsidR="00444A3C" w:rsidRDefault="00444A3C" w:rsidP="00444A3C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00444A3C" w:rsidRDefault="00444A3C" w:rsidP="00444A3C">
+    <w:p w14:paraId="5D136B6C" w14:textId="77777777" w:rsidR="00444A3C" w:rsidRDefault="00444A3C" w:rsidP="00444A3C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00444A3C" w:rsidSect="00D36B33">
-      <w:headerReference w:type="default" r:id="rId9"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId12"/>
+      <w:headerReference w:type="even" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="even" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="first" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="360" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00AA7AD7" w:rsidRDefault="00AA7AD7">
+    <w:p w14:paraId="5F81035B" w14:textId="77777777" w:rsidR="00AA7AD7" w:rsidRDefault="00AA7AD7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00AA7AD7" w:rsidRDefault="00AA7AD7">
+    <w:p w14:paraId="5E33C822" w14:textId="77777777" w:rsidR="00AA7AD7" w:rsidRDefault="00AA7AD7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00873F77" w:rsidRDefault="00873F77" w:rsidP="00873F77">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="026B4172" w14:textId="77777777" w:rsidR="004141A3" w:rsidRDefault="004141A3">
     <w:pPr>
-      <w:pStyle w:val="CDFuzeileS2"/>
+      <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
-    <w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="107B0E14" w14:textId="77777777" w:rsidR="00DB1C9B" w:rsidRPr="00AC7012" w:rsidRDefault="00DB1C9B" w:rsidP="00AC7012">
+    <w:pPr>
+      <w:pStyle w:val="Fuzeile"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00AC7012">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00AC7012">
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00AC7012">
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00AC7012">
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00D36B33">
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00AC7012">
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
-    </w:r>
-[...5 lines deleted...]
-      <w:t>linz.at</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w:rsidR="009F43B9" w:rsidRPr="00AE6BBA" w:rsidRDefault="009F43B9" w:rsidP="009F43B9">
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="39A66E83" w14:textId="77777777" w:rsidR="009F43B9" w:rsidRPr="00AE6BBA" w:rsidRDefault="009F43B9" w:rsidP="009F43B9">
     <w:pPr>
       <w:pStyle w:val="CDFuzeileS1"/>
     </w:pPr>
     <w:r w:rsidRPr="00AE6BBA">
       <w:t>Magistrat der</w:t>
     </w:r>
     <w:r>
       <w:tab/>
       <w:t>Hauptstr. 1-5</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="009F43B9" w:rsidRPr="00AE6BBA" w:rsidRDefault="009F43B9" w:rsidP="009F43B9">
+  <w:p w14:paraId="40EA703B" w14:textId="77777777" w:rsidR="009F43B9" w:rsidRPr="00AE6BBA" w:rsidRDefault="009F43B9" w:rsidP="009F43B9">
     <w:pPr>
       <w:pStyle w:val="CDFuzeileS1"/>
     </w:pPr>
     <w:r w:rsidRPr="00AE6BBA">
       <w:t>Lande</w:t>
     </w:r>
     <w:r>
       <w:t>shauptstadt Linz</w:t>
     </w:r>
     <w:r>
       <w:tab/>
       <w:t>4041 Linz</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="009F43B9" w:rsidRPr="00AE6BBA" w:rsidRDefault="009F43B9" w:rsidP="009F43B9">
+  <w:p w14:paraId="7CE05CB3" w14:textId="77777777" w:rsidR="009F43B9" w:rsidRPr="00AE6BBA" w:rsidRDefault="009F43B9" w:rsidP="009F43B9">
     <w:pPr>
       <w:pStyle w:val="CDFuzeileS1"/>
     </w:pPr>
     <w:r w:rsidRPr="00F936DF">
       <w:t>Soziales, Jugend und Familie</w:t>
     </w:r>
     <w:r>
       <w:tab/>
       <w:t>bettina.moestl@mag.linz.at</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="009F43B9" w:rsidRPr="008D13E6" w:rsidRDefault="009F43B9" w:rsidP="009F43B9">
+  <w:p w14:paraId="465133FE" w14:textId="77777777" w:rsidR="009F43B9" w:rsidRPr="008D13E6" w:rsidRDefault="009F43B9" w:rsidP="009F43B9">
     <w:pPr>
       <w:pStyle w:val="CDFuzeileS1"/>
     </w:pPr>
     <w:r>
       <w:t>Förderungen Soziales</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="002439F1">
       <w:t>+43 732 7070</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> 2779</w:t>
     </w:r>
     <w:r w:rsidRPr="00AE6BBA">
       <w:tab/>
       <w:t>linz.at</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="009F43B9" w:rsidRDefault="009F43B9">
+  <w:p w14:paraId="34445F95" w14:textId="77777777" w:rsidR="009F43B9" w:rsidRDefault="009F43B9">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="009F43B9" w:rsidRDefault="009F43B9">
+  <w:p w14:paraId="3E139578" w14:textId="77777777" w:rsidR="009F43B9" w:rsidRDefault="009F43B9">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00AA7AD7" w:rsidRDefault="00AA7AD7">
+    <w:p w14:paraId="62A9EF7E" w14:textId="77777777" w:rsidR="00AA7AD7" w:rsidRDefault="00AA7AD7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00AA7AD7" w:rsidRDefault="00AA7AD7">
+    <w:p w14:paraId="69ABCA70" w14:textId="77777777" w:rsidR="00AA7AD7" w:rsidRDefault="00AA7AD7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00AC72C8" w:rsidRDefault="00AC72C8" w:rsidP="00AC72C8">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="65075BB3" w14:textId="77777777" w:rsidR="004141A3" w:rsidRDefault="004141A3">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="13CCCDEF" w14:textId="77777777" w:rsidR="00AC72C8" w:rsidRDefault="00AC72C8" w:rsidP="00AC72C8">
     <w:pPr>
       <w:pStyle w:val="KopfDienststelle"/>
       <w:spacing w:before="20"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00AC72C8" w:rsidRDefault="00873F77" w:rsidP="00775101">
+  <w:p w14:paraId="33050997" w14:textId="0A2EDBB3" w:rsidR="00AC72C8" w:rsidRDefault="003B1709" w:rsidP="00775101">
     <w:pPr>
       <w:pStyle w:val="KopfDienststelle"/>
       <w:spacing w:before="20"/>
     </w:pPr>
     <w:r>
-      <w:pict>
-[...3 lines deleted...]
-      </w:pict>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="30D27608" wp14:editId="22935BA0">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>360045</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>3564255</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="91440" cy="0"/>
+              <wp:effectExtent l="7620" t="11430" r="5715" b="7620"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1256933304" name="Line 6"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvCnPr>
+                      <a:cxnSpLocks noChangeShapeType="1"/>
+                    </wps:cNvCnPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="91440" cy="0"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="line">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="9525">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:round/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:noFill/>
+                          </a14:hiddenFill>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:bodyPr/>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:line w14:anchorId="7C194E74" id="Line 6" o:spid="_x0000_s1026" style="position:absolute;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="28.35pt,280.65pt" to="35.55pt,280.65pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDAC87yrAEAAEYDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFuGyEQvVfqPyDu9dpWUrUrr3Nwml7S&#10;1FKSDxgDu4vKMmgGe9d/HyC2E6W3qhwQMDOP997M6mYanDgYYou+kYvZXArjFWrru0Y+P919+SYF&#10;R/AaHHrTyKNhebP+/Gk1htossUenDYkE4rkeQyP7GENdVax6MwDPMBifgi3SADFdqas0wZjQB1ct&#10;5/Ov1YikA6EyzOn19jUo1wW/bY2Kv9uWTRSukYlbLDuVfZf3ar2CuiMIvVUnGvAPLAawPn16gbqF&#10;CGJP9i+owSpCxjbOFA4Vtq1VpmhIahbzD2oeewimaEnmcLjYxP8PVj0cNn5Lmbqa/GO4R/WHhcdN&#10;D74zhcDTMaTGLbJV1Ri4vpTkC4ctid34C3XKgX3E4sLU0pAhkz4xFbOPF7PNFIVKj98XV1epI+oc&#10;qaA+lwXi+NPgIPKhkc767ALUcLjnmGlAfU7Jzx7vrHOlk86LMUFfL69LAaOzOgdzGlO32zgSB8iz&#10;UFbRlCLv0wj3Xhew3oD+cTpHsO71nD53/mRFVp9Hjesd6uOWzhalZhWWp8HK0/D+Xqrfxn/9AgAA&#10;//8DAFBLAwQUAAYACAAAACEAnsKQtdwAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG&#10;70i8Q2QkLtOWdhMbKk0nBPTGhcHE1WtMW9E4XZNthafHk5DgZNn+9Ptzvh5dp440hNazgXSWgCKu&#10;vG25NvD2Wk5vQYWIbLHzTAa+KMC6uLzIMbP+xC903MRaSQiHDA00MfaZ1qFqyGGY+Z5Ydh9+cBil&#10;HWptBzxJuOv0PEmW2mHLcqHBnh4aqj43B2cglFval9+TapK8L2pP8/3j8xMac3013t+BijTGPxjO&#10;+qIOhTjt/IFtUJ2Bm+VKyHNNF6AEWKUpqN3vQBe5/v9B8QMAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQDAC87yrAEAAEYDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQCewpC13AAAAAkBAAAPAAAAAAAAAAAAAAAAAAYEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAADwUAAAAA&#10;" o:allowincell="f">
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:line>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
     <w:r>
-      <w:pict>
-[...3 lines deleted...]
-      </w:pict>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="1506D0C0" wp14:editId="7288B5F5">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>360045</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>7129145</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="91440" cy="0"/>
+              <wp:effectExtent l="7620" t="13970" r="5715" b="5080"/>
+              <wp:wrapNone/>
+              <wp:docPr id="506485139" name="Line 5"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvCnPr>
+                      <a:cxnSpLocks noChangeShapeType="1"/>
+                    </wps:cNvCnPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="91440" cy="0"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="line">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="9525">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:round/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:noFill/>
+                          </a14:hiddenFill>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:bodyPr/>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:line w14:anchorId="4A3DFF8E" id="Line 5" o:spid="_x0000_s1026" style="position:absolute;z-index:251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="28.35pt,561.35pt" to="35.55pt,561.35pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDAC87yrAEAAEYDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFuGyEQvVfqPyDu9dpWUrUrr3Nwml7S&#10;1FKSDxgDu4vKMmgGe9d/HyC2E6W3qhwQMDOP997M6mYanDgYYou+kYvZXArjFWrru0Y+P919+SYF&#10;R/AaHHrTyKNhebP+/Gk1htossUenDYkE4rkeQyP7GENdVax6MwDPMBifgi3SADFdqas0wZjQB1ct&#10;5/Ov1YikA6EyzOn19jUo1wW/bY2Kv9uWTRSukYlbLDuVfZf3ar2CuiMIvVUnGvAPLAawPn16gbqF&#10;CGJP9i+owSpCxjbOFA4Vtq1VpmhIahbzD2oeewimaEnmcLjYxP8PVj0cNn5Lmbqa/GO4R/WHhcdN&#10;D74zhcDTMaTGLbJV1Ri4vpTkC4ctid34C3XKgX3E4sLU0pAhkz4xFbOPF7PNFIVKj98XV1epI+oc&#10;qaA+lwXi+NPgIPKhkc767ALUcLjnmGlAfU7Jzx7vrHOlk86LMUFfL69LAaOzOgdzGlO32zgSB8iz&#10;UFbRlCLv0wj3Xhew3oD+cTpHsO71nD53/mRFVp9Hjesd6uOWzhalZhWWp8HK0/D+Xqrfxn/9AgAA&#10;//8DAFBLAwQUAAYACAAAACEAJkqrmN0AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF&#10;70j8h8hIXKYtbREbKk0nBPTGhcHE1WtMW9E4XZNthV+POSC42e89PX8u1pPr1ZHG0Hk2kC4SUMS1&#10;tx03Bl5fqvkNqBCRLfaeycAnBViX52cF5taf+JmOm9goKeGQo4E2xiHXOtQtOQwLPxCL9+5Hh1HW&#10;sdF2xJOUu15nSbLUDjuWCy0OdN9S/bE5OAOh2tK++prVs+TtqvGU7R+eHtGYy4vp7hZUpCn+heEH&#10;X9ChFKadP7ANqjdwvVxJUvQ0y2SSxCpNQe1+FV0W+v8P5TcAAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAwAvO8qwBAABGAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAJkqrmN0AAAALAQAADwAAAAAAAAAAAAAAAAAGBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAABAFAAAAAA==&#10;" o:allowincell="f">
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:line>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-  <w:p w:rsidR="009F43B9" w:rsidRPr="007B37D3" w:rsidRDefault="00873F77" w:rsidP="009F43B9">
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="036A6E1A" w14:textId="7C41617F" w:rsidR="009F43B9" w:rsidRDefault="003B1709" w:rsidP="009F43B9">
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:color w:val="808080"/>
+        <w:spacing w:val="10"/>
+        <w:sz w:val="28"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="5C915477" wp14:editId="4D23A1D0">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>4044315</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-116840</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="2273935" cy="743585"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapThrough wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="0" y="0"/>
+              <wp:lineTo x="0" y="21028"/>
+              <wp:lineTo x="21353" y="21028"/>
+              <wp:lineTo x="21353" y="0"/>
+              <wp:lineTo x="0" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapThrough>
+          <wp:docPr id="23" name="Bild 23"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 23"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2273935" cy="743585"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="250E7F1D" w14:textId="52B752DF" w:rsidR="009F43B9" w:rsidRPr="007B37D3" w:rsidRDefault="003B1709" w:rsidP="009F43B9">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="7142"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:before="20"/>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="808080"/>
         <w:spacing w:val="10"/>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:pict>
-[...3 lines deleted...]
-      </w:pict>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="4294967292" distB="4294967292" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="4182FFEF" wp14:editId="591D439A">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>360045</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>3564254</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="91440" cy="0"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="12" name="Line 3"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvCnPr>
+                      <a:cxnSpLocks noChangeShapeType="1"/>
+                    </wps:cNvCnPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="91440" cy="0"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="line">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="9525">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:round/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a:ln>
+                      <a:effectLst/>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:noFill/>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+                          <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:effectLst>
+                              <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                                <a:srgbClr val="808080"/>
+                              </a:outerShdw>
+                            </a:effectLst>
+                          </a14:hiddenEffects>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:bodyPr/>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:line w14:anchorId="70069829" id="Line 3" o:spid="_x0000_s1026" style="position:absolute;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-1e-4mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-1e-4mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="28.35pt,280.65pt" to="35.55pt,280.65pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAF39LXsgEAAFQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L06CdtiMOD2k6y7d&#10;FqDdBzCSbAuTRYFUYufvJ6lxWmy3YT4IpEg+PT7Sm7tpcOJkiC36Rq4WSymMV6it7xr58/nhwycp&#10;OILX4NCbRp4Ny7vt+3ebMdRmjT06bUgkEM/1GBrZxxjqqmLVmwF4gcH4FGyRBojJpa7SBGNCH1y1&#10;Xi4/ViOSDoTKMKfb+5eg3Bb8tjUq/mhbNlG4RiZusZxUzkM+q+0G6o4g9FZdaMA/sBjA+vToFeoe&#10;Iogj2b+gBqsIGdu4UDhU2LZWmdJD6ma1/KObpx6CKb0kcThcZeL/B6u+n3Z+T5m6mvxTeET1i4XH&#10;XQ++M4XA8zmkwa2yVNUYuL6WZIfDnsRh/IY65cAxYlFhamnIkKk/MRWxz1exzRSFSpefVzc3aSJq&#10;jlRQz2WBOH41OIhsNNJZn1WAGk6PHDMNqOeUfO3xwTpXJum8GBP07fq2FDA6q3MwpzF1h50jcYK8&#10;C+UrPaXI2zTCo9cFrDegv1zsCNa92Olx5zOeKet1YTRrkReP6wPq855mwdLoCufLmuXdeOsXWV9/&#10;hu1vAAAA//8DAFBLAwQUAAYACAAAACEAnsKQtdwAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;wU7DMAyG70i8Q2QkLtOWdhMbKk0nBPTGhcHE1WtMW9E4XZNthafHk5DgZNn+9Ptzvh5dp440hNaz&#10;gXSWgCKuvG25NvD2Wk5vQYWIbLHzTAa+KMC6uLzIMbP+xC903MRaSQiHDA00MfaZ1qFqyGGY+Z5Y&#10;dh9+cBilHWptBzxJuOv0PEmW2mHLcqHBnh4aqj43B2cglFval9+TapK8L2pP8/3j8xMac3013t+B&#10;ijTGPxjO+qIOhTjt/IFtUJ2Bm+VKyHNNF6AEWKUpqN3vQBe5/v9B8QMAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQAF39LXsgEAAFQDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQCewpC13AAAAAkBAAAPAAAAAAAAAAAAAAAAAAwEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAFQUAAAAA&#10;" o:allowincell="f">
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:line>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:pict>
-[...32 lines deleted...]
-      </w:pict>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="4294967292" distB="4294967292" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="59A157C7" wp14:editId="4585C924">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>360045</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>7129144</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="91440" cy="0"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="11" name="Line 2"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvCnPr>
+                      <a:cxnSpLocks noChangeShapeType="1"/>
+                    </wps:cNvCnPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="91440" cy="0"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="line">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="9525">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:round/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a:ln>
+                      <a:effectLst/>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:noFill/>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+                          <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:effectLst>
+                              <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                                <a:srgbClr val="808080"/>
+                              </a:outerShdw>
+                            </a:effectLst>
+                          </a14:hiddenEffects>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:bodyPr/>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:line w14:anchorId="1203463E" id="Line 2" o:spid="_x0000_s1026" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-1e-4mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-1e-4mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="28.35pt,561.35pt" to="35.55pt,561.35pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAF39LXsgEAAFQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L06CdtiMOD2k6y7d&#10;FqDdBzCSbAuTRYFUYufvJ6lxWmy3YT4IpEg+PT7Sm7tpcOJkiC36Rq4WSymMV6it7xr58/nhwycp&#10;OILX4NCbRp4Ny7vt+3ebMdRmjT06bUgkEM/1GBrZxxjqqmLVmwF4gcH4FGyRBojJpa7SBGNCH1y1&#10;Xi4/ViOSDoTKMKfb+5eg3Bb8tjUq/mhbNlG4RiZusZxUzkM+q+0G6o4g9FZdaMA/sBjA+vToFeoe&#10;Iogj2b+gBqsIGdu4UDhU2LZWmdJD6ma1/KObpx6CKb0kcThcZeL/B6u+n3Z+T5m6mvxTeET1i4XH&#10;XQ++M4XA8zmkwa2yVNUYuL6WZIfDnsRh/IY65cAxYlFhamnIkKk/MRWxz1exzRSFSpefVzc3aSJq&#10;jlRQz2WBOH41OIhsNNJZn1WAGk6PHDMNqOeUfO3xwTpXJum8GBP07fq2FDA6q3MwpzF1h50jcYK8&#10;C+UrPaXI2zTCo9cFrDegv1zsCNa92Olx5zOeKet1YTRrkReP6wPq855mwdLoCufLmuXdeOsXWV9/&#10;hu1vAAAA//8DAFBLAwQUAAYACAAAACEAJkqrmN0AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;QU/DMAyF70j8h8hIXKYtbREbKk0nBPTGhcHE1WtMW9E4XZNthV+POSC42e89PX8u1pPr1ZHG0Hk2&#10;kC4SUMS1tx03Bl5fqvkNqBCRLfaeycAnBViX52cF5taf+JmOm9goKeGQo4E2xiHXOtQtOQwLPxCL&#10;9+5Hh1HWsdF2xJOUu15nSbLUDjuWCy0OdN9S/bE5OAOh2tK++prVs+TtqvGU7R+eHtGYy4vp7hZU&#10;pCn+heEHX9ChFKadP7ANqjdwvVxJUvQ0y2SSxCpNQe1+FV0W+v8P5TcAAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEABd/S17IBAABUAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAJkqrmN0AAAALAQAADwAAAAAAAAAAAAAAAAAMBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;" o:allowincell="f">
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:line>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w:rsidR="009F43B9" w:rsidRDefault="009F43B9" w:rsidP="009F43B9"/>
-  <w:p w:rsidR="003E39E5" w:rsidRPr="009F43B9" w:rsidRDefault="003E39E5" w:rsidP="009F43B9">
+  <w:p w14:paraId="382F40B2" w14:textId="77777777" w:rsidR="009F43B9" w:rsidRDefault="009F43B9" w:rsidP="009F43B9"/>
+  <w:p w14:paraId="07D1B93F" w14:textId="77777777" w:rsidR="003E39E5" w:rsidRPr="009F43B9" w:rsidRDefault="003E39E5" w:rsidP="009F43B9">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2071"/>
-[...2 lines deleted...]
-    </o:shapelayout>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:useNormalStyleForList/>
-[...13 lines deleted...]
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006516B1"/>
     <w:rsid w:val="00002963"/>
     <w:rsid w:val="000031C9"/>
     <w:rsid w:val="000042AC"/>
     <w:rsid w:val="000070CB"/>
     <w:rsid w:val="00012690"/>
     <w:rsid w:val="0001503E"/>
     <w:rsid w:val="000204E8"/>
     <w:rsid w:val="0002124F"/>
     <w:rsid w:val="00026536"/>
     <w:rsid w:val="000433EC"/>
     <w:rsid w:val="000511FD"/>
     <w:rsid w:val="0005632F"/>
     <w:rsid w:val="0006203B"/>
     <w:rsid w:val="00066DB5"/>
     <w:rsid w:val="000711E3"/>
     <w:rsid w:val="00074451"/>
     <w:rsid w:val="000764DA"/>
     <w:rsid w:val="00077D4C"/>
     <w:rsid w:val="00081462"/>
     <w:rsid w:val="00084ECB"/>
     <w:rsid w:val="0008546A"/>
     <w:rsid w:val="000862E0"/>
@@ -5751,112 +6784,116 @@
     <w:rsid w:val="002832EA"/>
     <w:rsid w:val="0028363D"/>
     <w:rsid w:val="002847B6"/>
     <w:rsid w:val="00285E6A"/>
     <w:rsid w:val="00287E18"/>
     <w:rsid w:val="00291C5B"/>
     <w:rsid w:val="00293A1F"/>
     <w:rsid w:val="002A0D73"/>
     <w:rsid w:val="002A2915"/>
     <w:rsid w:val="002A368A"/>
     <w:rsid w:val="002A47C4"/>
     <w:rsid w:val="002A496E"/>
     <w:rsid w:val="002A54DB"/>
     <w:rsid w:val="002B67DF"/>
     <w:rsid w:val="002C0809"/>
     <w:rsid w:val="002C42BD"/>
     <w:rsid w:val="002C5D6C"/>
     <w:rsid w:val="002C7910"/>
     <w:rsid w:val="002D0DBF"/>
     <w:rsid w:val="002D0F4F"/>
     <w:rsid w:val="002D1E7D"/>
     <w:rsid w:val="002D34AA"/>
     <w:rsid w:val="002D42C2"/>
     <w:rsid w:val="002D6534"/>
     <w:rsid w:val="002E2FDD"/>
+    <w:rsid w:val="002F0E3A"/>
     <w:rsid w:val="002F1EF4"/>
     <w:rsid w:val="003037E0"/>
     <w:rsid w:val="00304276"/>
     <w:rsid w:val="00307CB5"/>
     <w:rsid w:val="0031076C"/>
     <w:rsid w:val="00313AF8"/>
     <w:rsid w:val="003163E3"/>
     <w:rsid w:val="00316597"/>
     <w:rsid w:val="00317416"/>
     <w:rsid w:val="00317936"/>
     <w:rsid w:val="003204EB"/>
     <w:rsid w:val="00331983"/>
     <w:rsid w:val="0033281A"/>
     <w:rsid w:val="003378DA"/>
     <w:rsid w:val="00343F5D"/>
     <w:rsid w:val="003445D1"/>
     <w:rsid w:val="003453AC"/>
     <w:rsid w:val="003458F9"/>
     <w:rsid w:val="00352394"/>
     <w:rsid w:val="00352614"/>
     <w:rsid w:val="003568EB"/>
     <w:rsid w:val="00356F6D"/>
     <w:rsid w:val="003604EB"/>
     <w:rsid w:val="00360EFF"/>
     <w:rsid w:val="0036270E"/>
     <w:rsid w:val="00364827"/>
     <w:rsid w:val="00367E67"/>
     <w:rsid w:val="0037399A"/>
     <w:rsid w:val="003752BE"/>
     <w:rsid w:val="00375402"/>
     <w:rsid w:val="00376DBB"/>
     <w:rsid w:val="00381CAB"/>
     <w:rsid w:val="00383AB6"/>
     <w:rsid w:val="00386531"/>
     <w:rsid w:val="00395E6B"/>
     <w:rsid w:val="00396C82"/>
     <w:rsid w:val="00397E14"/>
     <w:rsid w:val="003A1351"/>
     <w:rsid w:val="003A3CA8"/>
     <w:rsid w:val="003A6343"/>
     <w:rsid w:val="003A70B8"/>
     <w:rsid w:val="003A7645"/>
+    <w:rsid w:val="003B1709"/>
+    <w:rsid w:val="003B176A"/>
     <w:rsid w:val="003B1AD5"/>
     <w:rsid w:val="003B5068"/>
     <w:rsid w:val="003C0D46"/>
     <w:rsid w:val="003C31CB"/>
     <w:rsid w:val="003C66F3"/>
     <w:rsid w:val="003D4F94"/>
     <w:rsid w:val="003D72B9"/>
     <w:rsid w:val="003D762F"/>
     <w:rsid w:val="003E0C70"/>
     <w:rsid w:val="003E1DCD"/>
     <w:rsid w:val="003E39E5"/>
     <w:rsid w:val="003E4655"/>
     <w:rsid w:val="003E6316"/>
     <w:rsid w:val="003E6ADB"/>
     <w:rsid w:val="003F0135"/>
     <w:rsid w:val="003F2ADE"/>
     <w:rsid w:val="003F508F"/>
     <w:rsid w:val="00402194"/>
     <w:rsid w:val="004062C5"/>
     <w:rsid w:val="004112AC"/>
+    <w:rsid w:val="004141A3"/>
     <w:rsid w:val="00414872"/>
     <w:rsid w:val="0041773A"/>
     <w:rsid w:val="00423555"/>
     <w:rsid w:val="00423FE9"/>
     <w:rsid w:val="00430217"/>
     <w:rsid w:val="004314FC"/>
     <w:rsid w:val="00431AA2"/>
     <w:rsid w:val="004334DA"/>
     <w:rsid w:val="00433CFF"/>
     <w:rsid w:val="00442401"/>
     <w:rsid w:val="00444A3C"/>
     <w:rsid w:val="004472C3"/>
     <w:rsid w:val="0045106C"/>
     <w:rsid w:val="0045502E"/>
     <w:rsid w:val="004618BF"/>
     <w:rsid w:val="00463782"/>
     <w:rsid w:val="0047010A"/>
     <w:rsid w:val="00472943"/>
     <w:rsid w:val="00473E38"/>
     <w:rsid w:val="00474A8B"/>
     <w:rsid w:val="00477DBD"/>
     <w:rsid w:val="004803A9"/>
     <w:rsid w:val="00486465"/>
     <w:rsid w:val="00493143"/>
     <w:rsid w:val="00493F62"/>
@@ -5940,74 +6977,76 @@
     <w:rsid w:val="005F116B"/>
     <w:rsid w:val="005F1AFF"/>
     <w:rsid w:val="005F2450"/>
     <w:rsid w:val="005F31F7"/>
     <w:rsid w:val="005F7215"/>
     <w:rsid w:val="00602A14"/>
     <w:rsid w:val="00605A5B"/>
     <w:rsid w:val="00607B50"/>
     <w:rsid w:val="00607EE6"/>
     <w:rsid w:val="0061118E"/>
     <w:rsid w:val="00616EC8"/>
     <w:rsid w:val="006217C3"/>
     <w:rsid w:val="00621B92"/>
     <w:rsid w:val="00621CA2"/>
     <w:rsid w:val="006247F0"/>
     <w:rsid w:val="00624A81"/>
     <w:rsid w:val="00624EBA"/>
     <w:rsid w:val="00631192"/>
     <w:rsid w:val="00631A8B"/>
     <w:rsid w:val="00635129"/>
     <w:rsid w:val="0063652E"/>
     <w:rsid w:val="00636550"/>
     <w:rsid w:val="006409F8"/>
     <w:rsid w:val="00642C60"/>
     <w:rsid w:val="00643F64"/>
+    <w:rsid w:val="00650D41"/>
     <w:rsid w:val="006516B1"/>
     <w:rsid w:val="00654ADB"/>
     <w:rsid w:val="00657D45"/>
     <w:rsid w:val="006610DD"/>
     <w:rsid w:val="00661344"/>
     <w:rsid w:val="00664638"/>
     <w:rsid w:val="006762FB"/>
     <w:rsid w:val="00684511"/>
     <w:rsid w:val="006A104A"/>
     <w:rsid w:val="006A320D"/>
     <w:rsid w:val="006A50FE"/>
     <w:rsid w:val="006A5FE0"/>
     <w:rsid w:val="006A6CD9"/>
     <w:rsid w:val="006B579C"/>
     <w:rsid w:val="006B57EF"/>
     <w:rsid w:val="006B70CB"/>
     <w:rsid w:val="006C1829"/>
     <w:rsid w:val="006C1E2E"/>
     <w:rsid w:val="006C421A"/>
     <w:rsid w:val="006C42FF"/>
     <w:rsid w:val="006D4846"/>
     <w:rsid w:val="006D6257"/>
     <w:rsid w:val="006E28B4"/>
     <w:rsid w:val="006E2B0C"/>
+    <w:rsid w:val="006E383F"/>
     <w:rsid w:val="006E3D67"/>
     <w:rsid w:val="006F5ACA"/>
     <w:rsid w:val="006F6253"/>
     <w:rsid w:val="00700F08"/>
     <w:rsid w:val="00701432"/>
     <w:rsid w:val="00702680"/>
     <w:rsid w:val="00703B3A"/>
     <w:rsid w:val="00705A32"/>
     <w:rsid w:val="007061B7"/>
     <w:rsid w:val="00710E65"/>
     <w:rsid w:val="00713636"/>
     <w:rsid w:val="00722715"/>
     <w:rsid w:val="00722C84"/>
     <w:rsid w:val="00724A24"/>
     <w:rsid w:val="007279A1"/>
     <w:rsid w:val="00734D81"/>
     <w:rsid w:val="0074558B"/>
     <w:rsid w:val="00751DF0"/>
     <w:rsid w:val="0075252B"/>
     <w:rsid w:val="007527A6"/>
     <w:rsid w:val="00755F03"/>
     <w:rsid w:val="00760639"/>
     <w:rsid w:val="00764EF3"/>
     <w:rsid w:val="0076532B"/>
     <w:rsid w:val="00767BE5"/>
@@ -6042,51 +7081,50 @@
     <w:rsid w:val="007F5E5C"/>
     <w:rsid w:val="008032FB"/>
     <w:rsid w:val="0080398A"/>
     <w:rsid w:val="00805086"/>
     <w:rsid w:val="008118F2"/>
     <w:rsid w:val="00815B66"/>
     <w:rsid w:val="0082147B"/>
     <w:rsid w:val="00827888"/>
     <w:rsid w:val="00827F16"/>
     <w:rsid w:val="008400ED"/>
     <w:rsid w:val="008405B6"/>
     <w:rsid w:val="00840CEE"/>
     <w:rsid w:val="00841032"/>
     <w:rsid w:val="00844C86"/>
     <w:rsid w:val="00845F35"/>
     <w:rsid w:val="0085477D"/>
     <w:rsid w:val="008565DB"/>
     <w:rsid w:val="00856C24"/>
     <w:rsid w:val="00860289"/>
     <w:rsid w:val="00860577"/>
     <w:rsid w:val="008613EB"/>
     <w:rsid w:val="00861A11"/>
     <w:rsid w:val="0086362C"/>
     <w:rsid w:val="00867993"/>
     <w:rsid w:val="00872033"/>
-    <w:rsid w:val="00873F77"/>
     <w:rsid w:val="00890939"/>
     <w:rsid w:val="00893AC0"/>
     <w:rsid w:val="00895418"/>
     <w:rsid w:val="008A42DD"/>
     <w:rsid w:val="008A50F1"/>
     <w:rsid w:val="008A5804"/>
     <w:rsid w:val="008A69C7"/>
     <w:rsid w:val="008B0802"/>
     <w:rsid w:val="008B3B08"/>
     <w:rsid w:val="008B44F8"/>
     <w:rsid w:val="008B6B94"/>
     <w:rsid w:val="008C4B89"/>
     <w:rsid w:val="008C5034"/>
     <w:rsid w:val="008C58B6"/>
     <w:rsid w:val="008C5940"/>
     <w:rsid w:val="008C6C50"/>
     <w:rsid w:val="008D10EB"/>
     <w:rsid w:val="008D198B"/>
     <w:rsid w:val="008D72F0"/>
     <w:rsid w:val="008E18FC"/>
     <w:rsid w:val="008E3785"/>
     <w:rsid w:val="008E3CA6"/>
     <w:rsid w:val="008E47A3"/>
     <w:rsid w:val="008E7555"/>
     <w:rsid w:val="008F37B0"/>
@@ -6158,50 +7196,51 @@
     <w:rsid w:val="00A0562D"/>
     <w:rsid w:val="00A068F6"/>
     <w:rsid w:val="00A06C2D"/>
     <w:rsid w:val="00A1142E"/>
     <w:rsid w:val="00A118CB"/>
     <w:rsid w:val="00A11B78"/>
     <w:rsid w:val="00A1547F"/>
     <w:rsid w:val="00A15EED"/>
     <w:rsid w:val="00A20716"/>
     <w:rsid w:val="00A215B1"/>
     <w:rsid w:val="00A26989"/>
     <w:rsid w:val="00A30107"/>
     <w:rsid w:val="00A30887"/>
     <w:rsid w:val="00A4357C"/>
     <w:rsid w:val="00A4559E"/>
     <w:rsid w:val="00A530A4"/>
     <w:rsid w:val="00A53E5B"/>
     <w:rsid w:val="00A56A53"/>
     <w:rsid w:val="00A571D3"/>
     <w:rsid w:val="00A60370"/>
     <w:rsid w:val="00A6237C"/>
     <w:rsid w:val="00A625F8"/>
     <w:rsid w:val="00A6568D"/>
     <w:rsid w:val="00A77CC9"/>
     <w:rsid w:val="00A82B2A"/>
+    <w:rsid w:val="00A853A0"/>
     <w:rsid w:val="00A929A2"/>
     <w:rsid w:val="00A96B3B"/>
     <w:rsid w:val="00AA6FB7"/>
     <w:rsid w:val="00AA7AD7"/>
     <w:rsid w:val="00AA7FE1"/>
     <w:rsid w:val="00AB0969"/>
     <w:rsid w:val="00AB264F"/>
     <w:rsid w:val="00AB432E"/>
     <w:rsid w:val="00AB4F70"/>
     <w:rsid w:val="00AB530D"/>
     <w:rsid w:val="00AC5176"/>
     <w:rsid w:val="00AC6A5C"/>
     <w:rsid w:val="00AC7012"/>
     <w:rsid w:val="00AC72C8"/>
     <w:rsid w:val="00AD3397"/>
     <w:rsid w:val="00AD61C8"/>
     <w:rsid w:val="00AD6519"/>
     <w:rsid w:val="00AE0576"/>
     <w:rsid w:val="00AE0E57"/>
     <w:rsid w:val="00AE2525"/>
     <w:rsid w:val="00AE4502"/>
     <w:rsid w:val="00AE63B7"/>
     <w:rsid w:val="00AE7247"/>
     <w:rsid w:val="00AE75E8"/>
     <w:rsid w:val="00AF047D"/>
@@ -6429,75 +7468,75 @@
     <w:rsid w:val="00FD125E"/>
     <w:rsid w:val="00FD2D7C"/>
     <w:rsid w:val="00FE1B0E"/>
     <w:rsid w:val="00FE2001"/>
     <w:rsid w:val="00FE36D1"/>
     <w:rsid w:val="00FF1813"/>
     <w:rsid w:val="00FF582F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-AT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2071"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="3C2358E7"/>
+  <w14:docId w14:val="0B887365"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{93A1B0A9-6CDB-4409-8388-492FCF7D4E14}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-AT" w:eastAsia="de-AT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6729,50 +7768,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
@@ -6870,72 +7914,55 @@
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="009F43B9"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CDFuzeileS1">
     <w:name w:val="CD_Fußzeile_S1"/>
     <w:qFormat/>
     <w:rsid w:val="009F43B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="3686"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CDFuzeileS2">
-[...15 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="192958600">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="318459157">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6963,54 +7990,54 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1214191604">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId10" Target="footer1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer"/><Relationship Id="rId11" Target="header2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header"/><Relationship Id="rId12" Target="footer2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer"/><Relationship Id="rId13" Target="fontTable.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable"/><Relationship Id="rId14" Target="theme/theme1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme"/><Relationship Id="rId2" Target="settings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings"/><Relationship Id="rId3" Target="webSettings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings"/><Relationship Id="rId4" Target="footnotes.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes"/><Relationship Id="rId5" Target="endnotes.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes"/><Relationship Id="rId6" Target="http://www.projektmagazin.de/glossar/gl-0869.html?pmSession=" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId7" Target="media/image1.emf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="embeddings/Microsoft_Excel_97-2003-Arbeitsblatt.xls" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject"/><Relationship Id="rId9" Target="header1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId10" Target="header2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header"/><Relationship Id="rId11" Target="footer1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer"/><Relationship Id="rId12" Target="footer2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer"/><Relationship Id="rId13" Target="header3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header"/><Relationship Id="rId14" Target="footer3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer"/><Relationship Id="rId15" Target="fontTable.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable"/><Relationship Id="rId16" Target="theme/theme1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme"/><Relationship Id="rId2" Target="settings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings"/><Relationship Id="rId3" Target="webSettings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings"/><Relationship Id="rId4" Target="footnotes.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes"/><Relationship Id="rId5" Target="endnotes.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes"/><Relationship Id="rId6" Target="http://www.projektmagazin.de/glossar/gl-0869.html?pmSession=" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId7" Target="media/image1.emf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId8" Target="embeddings/Microsoft_Excel_97-2003_Worksheet.xls" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject"/><Relationship Id="rId9" Target="header1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="media/image2.wmf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="media/image2.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7235,75 +8262,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>NORMAL.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1321</Words>
-  <Characters>8326</Characters>
+  <Words>991</Words>
+  <Characters>8651</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>69</Lines>
+  <Lines>72</Lines>
   <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Ausfüllhilfe</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Amt der Oberösterreichischen Landesregierung</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9628</CharactersWithSpaces>
+  <CharactersWithSpaces>9623</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>5636108</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.projektmagazin.de/glossar/gl-0869.html?pmSession=</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>