--- v0 (2025-10-27)
+++ v1 (2025-12-15)
@@ -1,387 +1,276 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml" PartName="/word/endnotes.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml" PartName="/word/footnotes.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml" PartName="/word/webSettings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="007A3924">
+    <w:p w14:paraId="2035D3BF" w14:textId="77777777" w:rsidR="006F7F99" w:rsidRPr="000452AA" w:rsidRDefault="000452AA" w:rsidP="006F7F99">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000452AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>BRECHNUNGSFO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000452AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>RMULAR - DECKBLATT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C08FCDC" w14:textId="77777777" w:rsidR="00EB2895" w:rsidRDefault="00EB2895">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FD95FCA" w14:textId="77777777" w:rsidR="006F7F99" w:rsidRPr="004C2994" w:rsidRDefault="006F7F99" w:rsidP="006F7F99">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:noProof/>
-[...167 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C2994">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
         <w:t>Name und Anschrift des Vereines:</w:t>
       </w:r>
-      <w:r w:rsidR="00B17ADA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B17ADA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="000D1322" w:rsidRPr="004C2994">
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>ZVR-Zahl:</w:t>
       </w:r>
-      <w:r w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="Text3"/>
-      <w:r w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:bookmarkStart w:id="0" w:name="Text3"/>
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00172F0F" w:rsidRDefault="003E18F9" w:rsidP="0088441B">
+    <w:p w14:paraId="213C7006" w14:textId="77777777" w:rsidR="006F7F99" w:rsidRDefault="006F7F99" w:rsidP="006F7F99">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="5670"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="Text1"/>
+      <w:bookmarkStart w:id="1" w:name="Text1"/>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="004C2994">
@@ -396,60 +285,60 @@
           <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidR="00172F0F">
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t>(ist verpflichtend anzuführen!)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00172F0F" w:rsidP="0088441B">
+    <w:p w14:paraId="26A24D07" w14:textId="77777777" w:rsidR="006F7F99" w:rsidRPr="004C2994" w:rsidRDefault="006F7F99" w:rsidP="006F7F99">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="5670"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -498,179 +387,197 @@
           <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="0088441B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00EB2895">
+    <w:p w14:paraId="3B71DDE2" w14:textId="77777777" w:rsidR="006F7F99" w:rsidRPr="004C2994" w:rsidRDefault="006F7F99" w:rsidP="006F7F99">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00EB2895">
+    <w:p w14:paraId="1A5A06DD" w14:textId="77777777" w:rsidR="006F7F99" w:rsidRPr="004C2994" w:rsidRDefault="006F7F99" w:rsidP="006F7F99">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Name und Tel. de</w:t>
       </w:r>
-      <w:r w:rsidR="00172F0F">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>r/des</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004C2994">
+        <w:t>r/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> verantwortlichen Funktionär</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00172F0F">
+        <w:t>des</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>in/Funktionärs</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004C2994">
+        <w:t xml:space="preserve"> verantwortlichen Funktionär</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>/Funktionärs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C2994">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9">
+    <w:p w14:paraId="0AC60502" w14:textId="77777777" w:rsidR="006F7F99" w:rsidRPr="004C2994" w:rsidRDefault="006F7F99" w:rsidP="006F7F99">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="Text2"/>
+      <w:bookmarkStart w:id="2" w:name="Text2"/>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="004C2994">
@@ -685,53 +592,53 @@
           <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00172F0F">
+    <w:p w14:paraId="69BAE475" w14:textId="77777777" w:rsidR="006F7F99" w:rsidRPr="004C2994" w:rsidRDefault="006F7F99" w:rsidP="006F7F99">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
@@ -780,428 +687,400 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00EB2895">
+    <w:p w14:paraId="41DB4853" w14:textId="77777777" w:rsidR="006F7F99" w:rsidRPr="004C2994" w:rsidRDefault="006F7F99" w:rsidP="006F7F99">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00BA4142">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Förderung</w:t>
       </w:r>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> in Höhe von  </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F96F1E" w:rsidRPr="004C2994">
+        <w:t xml:space="preserve"> in Höhe von               €</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">            </w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="Text4"/>
-      <w:r w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:bookmarkStart w:id="3" w:name="Text4"/>
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>_____________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00EB2895">
+    <w:p w14:paraId="1472809B" w14:textId="77777777" w:rsidR="006F7F99" w:rsidRPr="004C2994" w:rsidRDefault="006F7F99" w:rsidP="006F7F99">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
         <w:t>mit Schreiben der Stadt Linz vom:</w:t>
       </w:r>
-      <w:r w:rsidR="007A3924">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>_____________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00BA4142">
+    <w:p w14:paraId="07BC75BB" w14:textId="77777777" w:rsidR="006F7F99" w:rsidRPr="004C2994" w:rsidRDefault="006F7F99" w:rsidP="006F7F99">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
         <w:t>Förderungs</w:t>
       </w:r>
-      <w:r w:rsidR="00EB2895" w:rsidRPr="004C2994">
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t>zweck (z.B. Sportbetrieb, Spitzensport, Betriebskosten</w:t>
-[...13 lines deleted...]
-        <w:t>):</w:t>
+        <w:t>zweck (z.B. Sportbetrieb, Spitzensport, Betriebskosten etc.):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="003E18F9">
+    <w:p w14:paraId="63FD3BFB" w14:textId="77777777" w:rsidR="006F7F99" w:rsidRPr="004C2994" w:rsidRDefault="006F7F99" w:rsidP="006F7F99">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="Text5"/>
+      <w:bookmarkStart w:id="4" w:name="Text5"/>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
@@ -1225,612 +1104,621 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00EB2895">
+    <w:p w14:paraId="04F2FD1B" w14:textId="77777777" w:rsidR="006F7F99" w:rsidRPr="004C2994" w:rsidRDefault="006F7F99">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00EB2895">
+    <w:p w14:paraId="758EFBE8" w14:textId="77777777" w:rsidR="006F7F99" w:rsidRPr="004C2994" w:rsidRDefault="006F7F99" w:rsidP="006F7F99">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="004C2994">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Magistrat Linz</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00EB2895">
-[...14 lines deleted...]
-    <w:p w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00C20F39">
+    <w:p w14:paraId="0962E83F" w14:textId="77777777" w:rsidR="006F7F99" w:rsidRPr="004C2994" w:rsidRDefault="006F7F99" w:rsidP="006F7F99">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gesundheit </w:t>
       </w:r>
-      <w:r w:rsidR="00EB2895" w:rsidRPr="004C2994">
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>und Sport</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00AC5367">
+    <w:p w14:paraId="32748132" w14:textId="062CB2D5" w:rsidR="006F7F99" w:rsidRPr="004C2994" w:rsidRDefault="006F7F99" w:rsidP="006F7F99">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Abt. </w:t>
       </w:r>
-      <w:r w:rsidR="00EB76B0" w:rsidRPr="00EB76B0">
-[...4 lines deleted...]
-        <w:t>Gesundheitsmanagement, Sport- und Gesundheitsförderung</w:t>
+      <w:r w:rsidR="007B6890">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Sport-, Spiel- und Bewegungsförderung</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00C20F39">
+    <w:p w14:paraId="3A8D1981" w14:textId="77777777" w:rsidR="006F7F99" w:rsidRPr="004C2994" w:rsidRDefault="006F7F99" w:rsidP="006F7F99">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6237"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Hauptstraße 1-5</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00EB2895">
+    <w:p w14:paraId="5218487F" w14:textId="77777777" w:rsidR="006F7F99" w:rsidRPr="004C2994" w:rsidRDefault="006F7F99" w:rsidP="006F7F99">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6237"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>40</w:t>
       </w:r>
-      <w:r w:rsidR="00C20F39">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>41</w:t>
       </w:r>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Linz </w:t>
       </w:r>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Linz, </w:t>
       </w:r>
-      <w:r w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="Text6"/>
-      <w:r w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:bookmarkStart w:id="5" w:name="Text6"/>
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="003E18F9" w:rsidRPr="004C2994">
-[...5 lines deleted...]
-      <w:r w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:r w:rsidRPr="004C2994">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="5"/>
     </w:p>
-    <w:p w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00EB2895">
+    <w:p w14:paraId="08A219CA" w14:textId="77777777" w:rsidR="006F7F99" w:rsidRPr="004C2994" w:rsidRDefault="006F7F99" w:rsidP="006F7F99">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00EB2895">
-[...24 lines deleted...]
-    <w:p w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00EB2895" w:rsidP="00EB76B0">
+    <w:p w14:paraId="4DC41234" w14:textId="77777777" w:rsidR="006F7F99" w:rsidRDefault="006F7F99">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004C2994">
-[...58 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00EB76B0" w:rsidRPr="004C2994" w:rsidRDefault="00EB76B0" w:rsidP="00EB76B0">
+    <w:p w14:paraId="75FB3B17" w14:textId="77777777" w:rsidR="000452AA" w:rsidRDefault="00EB2895" w:rsidP="006C0A51">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="004C2994">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Als </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C2994">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Verwendungsnachweis</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> für die o.a. Förderung</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C2994">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aus Sportförderungsmitteln der Stadt Linz werden nachfolgend angeführte </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000452AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Zahlungs</w:t>
+      </w:r>
+      <w:r w:rsidR="00B92902" w:rsidRPr="000452AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>belege</w:t>
+      </w:r>
+      <w:r w:rsidR="000452AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C2994">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Letztempfängerlisten</w:t>
+      </w:r>
+      <w:r w:rsidR="000452AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>, Original-rechnungen bzw. elektronische Zahlungsbelege und IBAN-Überweisungen mit den entsprechenden Kontoauszügen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C2994">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> übermittelt.</w:t>
+      </w:r>
+      <w:r w:rsidR="000452AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00EB2895" w:rsidP="00EB76B0">
+    <w:p w14:paraId="4216D844" w14:textId="77777777" w:rsidR="000452AA" w:rsidRDefault="00B92902" w:rsidP="006C0A51">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004C2994">
-[...56 lines deleted...]
-        <w:t>Obmann und Kassier oder deren Stellvertreter) versehen.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Es wird bestätigt, das</w:t>
+      </w:r>
+      <w:r w:rsidR="000452AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>s die gesende</w:t>
+      </w:r>
+      <w:r w:rsidR="00F94C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ten Unterlagen </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ausschli</w:t>
+      </w:r>
+      <w:r w:rsidR="000452AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>eßlich den durch Sport-förderungs</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>mittel der Stadt Linz bestimmten – oben näher bezeichneten – Förderzweck betreffen und bei keiner anderen Subventionsstelle (z.B. Land OÖ, Bund, Fach- oder Dachverband) als Fördernachweis eingebracht werden/ wurden.</w:t>
+      </w:r>
+      <w:r w:rsidR="006C0A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00EB2895" w:rsidP="00EB76B0">
+    <w:p w14:paraId="01738CBD" w14:textId="77777777" w:rsidR="00EB2895" w:rsidRDefault="006C0A51" w:rsidP="006C0A51">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Mehrfacheinreichungen bei anderen Fördergebern haben die Rückzahlung der Förder</w:t>
+      </w:r>
+      <w:r w:rsidR="000452AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>summe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> an die Stadt Linz inklusive anfallender Zinsen sowie mögliche (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>straf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>)rechtliche Konsequenzen zur Folge. Ich nehme zur Kenntnis, dass die gegenständliche Förderung im jährlichen Subventionsbericht der Stadt Linz veröffentlicht wird.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00EB2895" w:rsidRDefault="00EB2895" w:rsidP="00EB76B0">
+    <w:p w14:paraId="48EACE94" w14:textId="77777777" w:rsidR="000452AA" w:rsidRDefault="000452AA" w:rsidP="000452AA">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Nach Überprüfung der Belege wird um deren Rücksendung ersucht.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB76B0" w:rsidRDefault="00EB76B0" w:rsidP="00EB76B0">
+    <w:p w14:paraId="1BC7D706" w14:textId="77777777" w:rsidR="00BD4D39" w:rsidRDefault="00BD4D39" w:rsidP="000452AA">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB76B0" w:rsidRPr="00EB76B0" w:rsidRDefault="00EB76B0" w:rsidP="00EB76B0">
+    <w:p w14:paraId="7887075A" w14:textId="7890B940" w:rsidR="00EB2895" w:rsidRDefault="00BD4D39" w:rsidP="00BD4D39">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00BD4D39">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Das Formular und die Belegung können via Mail an </w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidRPr="00A6637E">
+        <w:r w:rsidRPr="006D644B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-            <w:b/>
             <w:sz w:val="22"/>
           </w:rPr>
-          <w:t>sgf.gs@mag.linz.at</w:t>
+          <w:t>ssb@mag.linz.at</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00BD4D39">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>zugesendet werden</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>zugesendet werden.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00EB2895">
+    <w:p w14:paraId="56077D4B" w14:textId="77777777" w:rsidR="00BD4D39" w:rsidRPr="004C2994" w:rsidRDefault="00BD4D39" w:rsidP="00BD4D39">
       <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00EB2895">
+    <w:p w14:paraId="6F3205A6" w14:textId="77777777" w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00EB2895">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C2994">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Für den Verein:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D0F982E" w14:textId="77777777" w:rsidR="00F96F1E" w:rsidRPr="004C2994" w:rsidRDefault="00F96F1E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00EB2895">
-[...15 lines deleted...]
-    <w:p w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00EB2895">
+    <w:p w14:paraId="0A4E05B0" w14:textId="77777777" w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00EB2895">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F96F1E" w:rsidRPr="004C2994" w:rsidRDefault="00F96F1E">
-[...15 lines deleted...]
-    <w:p w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="003E18F9">
+    <w:p w14:paraId="6E3CF6D8" w14:textId="77777777" w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="003E18F9">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="7" w:name="Text7"/>
+      <w:bookmarkStart w:id="6" w:name="Text7"/>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
@@ -1854,318 +1742,399 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00EB2895">
+    <w:p w14:paraId="33D6A85E" w14:textId="77777777" w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00EB2895">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00EB2895">
+    <w:p w14:paraId="4D05E734" w14:textId="77777777" w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="006C0A51">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Datum:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Unterschrift:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7683938C" w14:textId="77777777" w:rsidR="00F96F1E" w:rsidRPr="004C2994" w:rsidRDefault="00F96F1E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F96F1E" w:rsidRPr="004C2994" w:rsidRDefault="00F96F1E">
+    <w:p w14:paraId="30C06403" w14:textId="77777777" w:rsidR="00933EBE" w:rsidRDefault="00EB2895">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C2994">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Beilage(n):</w:t>
+      </w:r>
+      <w:r w:rsidR="00F96F1E" w:rsidRPr="004C2994">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C2994">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Auflistung(en)</w:t>
+      </w:r>
+      <w:r w:rsidR="006C0A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C2994">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Beleg(e)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FC98E32" w14:textId="77777777" w:rsidR="000452AA" w:rsidRDefault="000452AA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00EB2895">
+    <w:p w14:paraId="7018B5F3" w14:textId="77777777" w:rsidR="00BD4D39" w:rsidRDefault="00BD4D39">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00EB2895">
+    <w:p w14:paraId="5260FC77" w14:textId="77777777" w:rsidR="00EB2895" w:rsidRDefault="00EB2895">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004C2994">
+    </w:p>
+    <w:p w14:paraId="6DC23513" w14:textId="77777777" w:rsidR="000452AA" w:rsidRDefault="000452AA" w:rsidP="00BD4D39">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00F96F1E" w:rsidRPr="004C2994">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000452AA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...8 lines deleted...]
-        <w:t>Auflistung(en)</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ABRECHNUNGSFORMULAR</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00F96F1E">
+    <w:p w14:paraId="4E7AFD8E" w14:textId="77777777" w:rsidR="000452AA" w:rsidRPr="000452AA" w:rsidRDefault="000452AA" w:rsidP="000452AA">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:sz w:val="22"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004C2994">
-[...26 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8789" w:type="dxa"/>
         <w:tblInd w:w="212" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
           <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
           <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
           <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1412"/>
         <w:gridCol w:w="5534"/>
         <w:gridCol w:w="1843"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EB2895" w:rsidRPr="004C2994">
+      <w:tr w:rsidR="00EB2895" w:rsidRPr="004C2994" w14:paraId="3C6D948F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1412" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00EB2895">
+          <w:p w14:paraId="5F5E20E7" w14:textId="77777777" w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00EB2895">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Beleg-Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00EB2895">
+          <w:p w14:paraId="39212279" w14:textId="77777777" w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00EB2895">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Art des Verwendungsnachweises</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00EB2895">
+          <w:p w14:paraId="47344CA8" w14:textId="77777777" w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00EB2895">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Betrag</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB2895" w:rsidRPr="004C2994">
+      <w:tr w:rsidR="00EB2895" w:rsidRPr="004C2994" w14:paraId="53BD5047" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1412" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9">
+          <w:p w14:paraId="52E90F62" w14:textId="77777777" w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="Text8"/>
+            <w:bookmarkStart w:id="7" w:name="Text8"/>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
@@ -2207,87 +2176,87 @@
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9">
+          <w:p w14:paraId="52000FD9" w14:textId="77777777" w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="Text9"/>
+            <w:bookmarkStart w:id="8" w:name="Text9"/>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
@@ -2329,87 +2298,87 @@
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9">
+          <w:p w14:paraId="676CCB3A" w14:textId="77777777" w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="10" w:name="Text10"/>
+            <w:bookmarkStart w:id="9" w:name="Text10"/>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
@@ -2451,64 +2420,64 @@
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:tr w:rsidR="003E18F9" w:rsidRPr="004C2994" w14:paraId="63A1E749" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1412" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="20BD9653" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -2581,51 +2550,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5534" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="243CC286" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -2698,51 +2667,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="49FF5663" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -2811,60 +2780,60 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:tr w:rsidR="003E18F9" w:rsidRPr="004C2994" w14:paraId="4E4C24C6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1412" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="5532B4C2" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -2937,51 +2906,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5534" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="154D5D22" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -3054,51 +3023,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="53FA8EFB" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -3167,60 +3136,60 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:tr w:rsidR="003E18F9" w:rsidRPr="004C2994" w14:paraId="0E930A92" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1412" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="5A2BA7DB" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -3293,51 +3262,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5534" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="57D353ED" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -3410,51 +3379,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="61477CFE" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -3523,60 +3492,60 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:tr w:rsidR="003E18F9" w:rsidRPr="004C2994" w14:paraId="42FA931C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1412" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="3A0944E7" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -3649,51 +3618,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5534" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="10A51ECC" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -3766,51 +3735,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="299B3986" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -3879,60 +3848,60 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:tr w:rsidR="003E18F9" w:rsidRPr="004C2994" w14:paraId="26461379" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1412" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="21EA7350" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -4005,51 +3974,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5534" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="3A568B3F" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -4122,51 +4091,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="2528B8CB" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -4235,60 +4204,60 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:tr w:rsidR="003E18F9" w:rsidRPr="004C2994" w14:paraId="24683D59" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1412" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="6965C69F" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -4361,51 +4330,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5534" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="0081AE69" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -4478,51 +4447,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="0A0CB429" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -4591,60 +4560,60 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:tr w:rsidR="003E18F9" w:rsidRPr="004C2994" w14:paraId="7D83683D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1412" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="4E064401" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -4717,51 +4686,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5534" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="616BB330" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -4834,51 +4803,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="7BC63244" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -4947,60 +4916,60 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:tr w:rsidR="003E18F9" w:rsidRPr="004C2994" w14:paraId="108D57E2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1412" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="3542F102" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -5073,51 +5042,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5534" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="6424B583" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -5190,51 +5159,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="6F544FFC" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -5303,60 +5272,60 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:tr w:rsidR="003E18F9" w:rsidRPr="004C2994" w14:paraId="1F0B35A0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1412" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="19712AC8" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -5429,51 +5398,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5534" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="2582FE8B" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -5546,51 +5515,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="2D6BE3B4" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -5659,60 +5628,60 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:tr w:rsidR="003E18F9" w:rsidRPr="004C2994" w14:paraId="51824B64" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1412" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="0C150EAC" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -5785,51 +5754,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5534" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="1EE0A445" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -5902,51 +5871,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="2B0A9EFE" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -6015,60 +5984,60 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:tr w:rsidR="003E18F9" w:rsidRPr="004C2994" w14:paraId="427E6121" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1412" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="0E93225C" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -6141,51 +6110,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5534" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="3D99CD88" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -6258,51 +6227,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="506EB764" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -6371,60 +6340,60 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:tr w:rsidR="003E18F9" w:rsidRPr="004C2994" w14:paraId="02D0117A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1412" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="0560F4C0" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -6497,51 +6466,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5534" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="739A2158" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -6614,51 +6583,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="7AFE24A0" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -6727,60 +6696,60 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:tr w:rsidR="003E18F9" w:rsidRPr="004C2994" w14:paraId="1395BD4A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1412" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="033B38D6" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -6853,51 +6822,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5534" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="1200101C" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -6970,51 +6939,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="2776CCA6" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -7083,60 +7052,60 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:tr w:rsidR="003E18F9" w:rsidRPr="004C2994" w14:paraId="3E2ED944" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1412" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="728B7DFF" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -7209,51 +7178,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5534" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="6C6D8FBA" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -7326,51 +7295,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="422FC895" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -7439,60 +7408,60 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:tr w:rsidR="003E18F9" w:rsidRPr="004C2994" w14:paraId="5B4CCA67" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1412" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="2651D714" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -7565,51 +7534,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5534" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="2CB4D7C9" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -7682,51 +7651,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="30C6F25E" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -7795,60 +7764,60 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:tr w:rsidR="003E18F9" w:rsidRPr="004C2994" w14:paraId="29381480" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1412" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="2BFDAB7C" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -7921,51 +7890,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5534" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="3DA87443" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -8038,51 +8007,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="0280FB5F" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -8151,60 +8120,60 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:tr w:rsidR="003E18F9" w:rsidRPr="004C2994" w14:paraId="10389B07" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1412" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="677733B0" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -8277,51 +8246,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5534" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="6306D8D4" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -8394,51 +8363,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="18B91A74" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -8507,60 +8476,60 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E18F9" w:rsidRPr="004C2994">
+      <w:tr w:rsidR="003E18F9" w:rsidRPr="004C2994" w14:paraId="64857D42" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1412" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="66A00893" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -8633,51 +8602,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5534" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="2475CF9D" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -8750,51 +8719,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
+          <w:p w14:paraId="56AA7634" w14:textId="77777777" w:rsidR="003E18F9" w:rsidRPr="004C2994" w:rsidRDefault="003E18F9" w:rsidP="002B6F4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C2994">
@@ -8864,394 +8833,426 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="TradeGothic" w:hAnsi="TradeGothic" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2994">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00EB2895">
+    <w:p w14:paraId="70233B0B" w14:textId="77777777" w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00EB2895">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00EB2895">
+    <w:p w14:paraId="129D0EAF" w14:textId="77777777" w:rsidR="00EB2895" w:rsidRPr="000452AA" w:rsidRDefault="000452AA" w:rsidP="000452AA">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:sz w:val="22"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3105"/>
+          <w:tab w:val="center" w:pos="4465"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E490274" w14:textId="77777777" w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00EB2895">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C2994">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Vereinsstampiglie:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41EFDC6E" w14:textId="77777777" w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00EB2895">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00EB2895">
+    <w:p w14:paraId="29E83BF5" w14:textId="77777777" w:rsidR="00EB2895" w:rsidRPr="000452AA" w:rsidRDefault="00EB2895" w:rsidP="000452AA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-[...14 lines deleted...]
-          <w:sz w:val="22"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00EB2895">
-[...15 lines deleted...]
-    <w:p w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00172F0F">
+    <w:p w14:paraId="4D50F13B" w14:textId="77777777" w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidRDefault="00172F0F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7230"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Obfrau/</w:t>
       </w:r>
       <w:r w:rsidR="00EB2895" w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Obmann:</w:t>
       </w:r>
       <w:r w:rsidR="00EB2895" w:rsidRPr="004C2994">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Kassier:</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00EB2895" w:rsidRPr="004C2994" w:rsidSect="00690444">
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11907" w:h="16840"/>
       <w:pgMar w:top="1276" w:right="1418" w:bottom="1134" w:left="1559" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="008939E9" w:rsidRDefault="008939E9">
+    <w:p w14:paraId="423A73C6" w14:textId="77777777" w:rsidR="00713C8F" w:rsidRDefault="00713C8F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="008939E9" w:rsidRDefault="008939E9">
+    <w:p w14:paraId="3E0BE8E5" w14:textId="77777777" w:rsidR="00713C8F" w:rsidRDefault="00713C8F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TradeGothic">
     <w:altName w:val="Corbel"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000027" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00EB2895" w:rsidRDefault="00EB2895" w:rsidP="00F96F1E">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="76D50358" w14:textId="77777777" w:rsidR="00EB2895" w:rsidRDefault="00EB2895" w:rsidP="00F96F1E">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00BE729D">
+    <w:r w:rsidR="00376405">
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:noProof/>
       </w:rPr>
-      <w:t>1</w:t>
+      <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="008939E9" w:rsidRDefault="008939E9">
+    <w:p w14:paraId="7356ADDD" w14:textId="77777777" w:rsidR="00713C8F" w:rsidRDefault="00713C8F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="008939E9" w:rsidRDefault="008939E9">
+    <w:p w14:paraId="6F0D96EA" w14:textId="77777777" w:rsidR="00713C8F" w:rsidRDefault="00713C8F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="140"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00AD396F"/>
+    <w:rsidRoot w:val="007A3924"/>
+    <w:rsid w:val="000452AA"/>
     <w:rsid w:val="00080C92"/>
     <w:rsid w:val="000D1322"/>
     <w:rsid w:val="00172F0F"/>
+    <w:rsid w:val="001E1BDF"/>
     <w:rsid w:val="002367C0"/>
     <w:rsid w:val="002574BF"/>
     <w:rsid w:val="002B6F4F"/>
     <w:rsid w:val="00342B56"/>
+    <w:rsid w:val="00376405"/>
     <w:rsid w:val="003D053F"/>
     <w:rsid w:val="003E18F9"/>
     <w:rsid w:val="004376DF"/>
     <w:rsid w:val="004C2994"/>
+    <w:rsid w:val="005163B3"/>
+    <w:rsid w:val="005854BA"/>
     <w:rsid w:val="005E089C"/>
     <w:rsid w:val="00690444"/>
+    <w:rsid w:val="006C0A51"/>
+    <w:rsid w:val="006F7F99"/>
     <w:rsid w:val="00705097"/>
+    <w:rsid w:val="00713C8F"/>
     <w:rsid w:val="007A3924"/>
+    <w:rsid w:val="007B6890"/>
     <w:rsid w:val="0083189E"/>
     <w:rsid w:val="0088441B"/>
-    <w:rsid w:val="008939E9"/>
-    <w:rsid w:val="008B197D"/>
     <w:rsid w:val="008D4707"/>
+    <w:rsid w:val="0090797F"/>
     <w:rsid w:val="00933EBE"/>
     <w:rsid w:val="00991EDE"/>
+    <w:rsid w:val="009E1E14"/>
     <w:rsid w:val="00AC5367"/>
-    <w:rsid w:val="00AD396F"/>
     <w:rsid w:val="00B17ADA"/>
     <w:rsid w:val="00B6334D"/>
+    <w:rsid w:val="00B92902"/>
     <w:rsid w:val="00BA4142"/>
-    <w:rsid w:val="00BE51AE"/>
-    <w:rsid w:val="00BE729D"/>
+    <w:rsid w:val="00BD4D39"/>
     <w:rsid w:val="00C20F39"/>
-    <w:rsid w:val="00C60353"/>
     <w:rsid w:val="00CC788C"/>
+    <w:rsid w:val="00CE7742"/>
     <w:rsid w:val="00D30FC8"/>
     <w:rsid w:val="00D32964"/>
+    <w:rsid w:val="00D92A2B"/>
+    <w:rsid w:val="00D979EC"/>
+    <w:rsid w:val="00DC39C1"/>
+    <w:rsid w:val="00DD26FD"/>
     <w:rsid w:val="00EB2895"/>
-    <w:rsid w:val="00EB76B0"/>
+    <w:rsid w:val="00EE1F23"/>
     <w:rsid w:val="00F77D5D"/>
+    <w:rsid w:val="00F94C6A"/>
     <w:rsid w:val="00F96F1E"/>
+    <w:rsid w:val="00FE5090"/>
     <w:rsid w:val="00FF5C7A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-AT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{FD303F50-E545-42C4-8850-381C72559C58}"/>
+  <w14:docId w14:val="3B333BEE"/>
+  <w15:docId w15:val="{7EC91F85-B761-4844-877F-6CBFC8D5B237}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-AT" w:eastAsia="de-AT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9572,50 +9573,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
       <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
@@ -9636,84 +9642,81 @@
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Fuzeile">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Standard"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Seitenzahl">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EB76B0"/>
+    <w:rsid w:val="00BD4D39"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="NichtaufgelsteErwhnung">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD4D39"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...14 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId2" Target="settings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings"/><Relationship Id="rId3" Target="webSettings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings"/><Relationship Id="rId4" Target="footnotes.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes"/><Relationship Id="rId5" Target="endnotes.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes"/><Relationship Id="rId6" Target="mailto:sgf.gs@mag.linz.at" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId7" Target="footer1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer"/><Relationship Id="rId8" Target="fontTable.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable"/><Relationship Id="rId9" Target="theme/theme1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId2" Target="settings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings"/><Relationship Id="rId3" Target="webSettings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings"/><Relationship Id="rId4" Target="footnotes.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes"/><Relationship Id="rId5" Target="endnotes.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes"/><Relationship Id="rId6" Target="mailto:ssb@mag.linz.at" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId7" Target="footer1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer"/><Relationship Id="rId8" Target="fontTable.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable"/><Relationship Id="rId9" Target="theme/theme1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme"/></Relationships>
 </file>
 
-<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="file:///C:/Users/umsch24/AppData/Roaming/Microsoft/Templates/Abrechnungsformular%20F&#246;rderungen.dotx" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate"/></Relationships>
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="file:///C:/Users/umsch24/AppData/Roaming/Microsoft/Templates/Abrechnungsformulare%20F&#246;rderungen.dotx" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -9959,70 +9962,70 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Abrechnungsformular Förderungen.dotx</Template>
+  <Template>Abrechnungsformulare Förderungen.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>196</Words>
-  <Characters>2395</Characters>
+  <Words>256</Words>
+  <Characters>2877</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>4</DocSecurity>
-  <Lines>19</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>23</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Name und Anschrift des Vereines:</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Magistrat Linz</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2586</CharactersWithSpaces>
+  <CharactersWithSpaces>3127</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>www.linz.at / Service A-Z</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
   <dc:title>Sportförderung - Abrechnungsblatt</dc:title>
 </cp:coreProperties>
 </file>